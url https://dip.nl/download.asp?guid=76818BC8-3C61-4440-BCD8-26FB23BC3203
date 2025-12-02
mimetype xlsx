--- v0 (2025-10-18)
+++ v1 (2025-12-02)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\seque\Documents\Sequenna DIP\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{C65C3794-DBA7-4EC5-B044-34F8C7740B13}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{83F39B65-4F92-4103-9743-E691C0603AA2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet0" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet0!$A$7:$D$207</definedName>
     <definedName name="_Hlk156913590" localSheetId="0">Sheet0!$C$17</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="678" uniqueCount="500">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="683" uniqueCount="500">
   <si>
     <t>Stichting MIMIK</t>
   </si>
   <si>
     <t>Schouwburg Amstelveen</t>
   </si>
   <si>
     <t>Theater Rotterdam</t>
   </si>
   <si>
     <t>Bijlmer Parktheater</t>
   </si>
   <si>
     <t>Markant Theater Maashorst</t>
   </si>
   <si>
     <t>Theater de Omval</t>
   </si>
   <si>
     <t>Fulco Theater</t>
   </si>
   <si>
     <t>Theater de Storm</t>
   </si>
   <si>
@@ -231,53 +231,50 @@
   <si>
     <t>Zwolse Theaters</t>
   </si>
   <si>
     <t>Stichting Amare</t>
   </si>
   <si>
     <t>Zeeland Theaters</t>
   </si>
   <si>
     <t>Zaantheater</t>
   </si>
   <si>
     <t>Wilminktheater</t>
   </si>
   <si>
     <t>WestlandTheater De Naald</t>
   </si>
   <si>
     <t>Verkadefabriek</t>
   </si>
   <si>
     <t>Schouwburg Concertzaal Tilburg</t>
   </si>
   <si>
-    <t>Theater 't Voorhuys</t>
-[...1 lines deleted...]
-  <si>
     <t>Theater Ins Blau</t>
   </si>
   <si>
     <t>Theater Hof 88</t>
   </si>
   <si>
     <t>Theater Harderwijk</t>
   </si>
   <si>
     <t>Theater Geert Teis</t>
   </si>
   <si>
     <t>Theater Hanzehof &amp; Buitensociëteit</t>
   </si>
   <si>
     <t>Theater de Willem</t>
   </si>
   <si>
     <t>Theater De Vest</t>
   </si>
   <si>
     <t>Theater de Stoep</t>
   </si>
   <si>
     <t>Theater de Schalm</t>
@@ -298,53 +295,50 @@
     <t>Theater de Koornbeurs</t>
   </si>
   <si>
     <t>Theater de Bussel</t>
   </si>
   <si>
     <t>Theater de Blauwe Kei</t>
   </si>
   <si>
     <t>Theater Castellum</t>
   </si>
   <si>
     <t>Theater aan het Vrijthof</t>
   </si>
   <si>
     <t>Theater aan de Slinger</t>
   </si>
   <si>
     <t>Theater aan de Schie</t>
   </si>
   <si>
     <t>Theater aan de Parade</t>
   </si>
   <si>
     <t>Stadstheater Zoetermeer</t>
-  </si>
-[...1 lines deleted...]
-    <t>Stadsschouwburg Velsen</t>
   </si>
   <si>
     <t>Stadsschouwburg Utrecht</t>
   </si>
   <si>
     <t>Stadsschouwburg De Harmonie</t>
   </si>
   <si>
     <t>Spant!</t>
   </si>
   <si>
     <t>Schouwburg Venray</t>
   </si>
   <si>
     <t>Schouwburg Kunstmin</t>
   </si>
   <si>
     <t>Schouwburg De Lawei</t>
   </si>
   <si>
     <t>Schouwburg De Kring</t>
   </si>
   <si>
     <t>Schouwburg Cuijk</t>
   </si>
@@ -1368,56 +1362,50 @@
   <si>
     <t>De Nobelaer</t>
   </si>
   <si>
     <t>Etten-Leur</t>
   </si>
   <si>
     <t>Huis Oostpool</t>
   </si>
   <si>
     <t>Afra Tafri Creations</t>
   </si>
   <si>
     <t>Black Pencil</t>
   </si>
   <si>
     <t>Fennan B.V.</t>
   </si>
   <si>
     <t>Twist Agency</t>
   </si>
   <si>
     <t>Dinxperlo</t>
   </si>
   <si>
-    <t>Reusel</t>
-[...4 lines deleted...]
-  <si>
     <t>Hoogeveen</t>
   </si>
   <si>
     <t>Druten</t>
   </si>
   <si>
     <t>Nationale Opera &amp; Ballet Theater</t>
   </si>
   <si>
     <t>Liemers Kunstwerk!</t>
   </si>
   <si>
     <t xml:space="preserve">Maaspodium </t>
   </si>
   <si>
     <t>Culemborg</t>
   </si>
   <si>
     <t>Cpunt</t>
   </si>
   <si>
     <t>Collectief Blauwdruk</t>
   </si>
   <si>
     <t>De Nieuwe Vorst</t>
@@ -1485,155 +1473,167 @@
   <si>
     <t xml:space="preserve">Munttheater </t>
   </si>
   <si>
     <t>'s-Heerenberg,</t>
   </si>
   <si>
     <t>Cat Smits Company</t>
   </si>
   <si>
     <t>Oerol Festival</t>
   </si>
   <si>
     <t>Terschelling</t>
   </si>
   <si>
     <t>Theaterfestival Boulevard</t>
   </si>
   <si>
     <t>Nederlandse Dansdagen</t>
   </si>
   <si>
     <t>Mevrouw Ogterop</t>
   </si>
   <si>
-    <t>Tryater (koppeling in aanvraag)</t>
-[...1 lines deleted...]
-  <si>
     <t>Stel Dat:</t>
   </si>
   <si>
     <t>Theater Utrecht (voeren kaartstanden handmatig in)</t>
   </si>
   <si>
     <t>MediaDome B.V.</t>
   </si>
   <si>
     <t>DIEHELEDING</t>
   </si>
   <si>
     <t xml:space="preserve">Barghse Huus </t>
   </si>
   <si>
     <t>Mojo Theater</t>
   </si>
   <si>
-    <r>
-[...13 lines deleted...]
-  <si>
     <t>Theater Peeriscoop (voeren kaartstanden handmatig in)</t>
   </si>
   <si>
     <t>Klein Theater Dinxperlo (voeren kaartstanden handmatig in)</t>
   </si>
   <si>
     <t>De Gelderlandfabriek (voeren kaartstanden handmatig in)</t>
   </si>
   <si>
     <t>Bogerd Theater (voeren kaartstanden handmatig in)</t>
   </si>
   <si>
     <t>Stichting ARK - Connor Schumacher</t>
   </si>
   <si>
     <t>URLAND</t>
   </si>
   <si>
     <t>Orkest Phion</t>
   </si>
   <si>
     <t>WIRWAR Producties</t>
   </si>
   <si>
     <t>Zaltbommel</t>
   </si>
   <si>
-    <t>De Poorterij (koppeling wordt gerealiseerd)</t>
-[...4 lines deleted...]
-  <si>
     <t>Amsterdams Andalusisch Orkest</t>
   </si>
   <si>
     <t>CineMusic</t>
+  </si>
+  <si>
+    <t>Blaricum</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    Nieuwe aanmeldingen sinds 1 juni: Theaterbureau FRIS, Stichting het Theater, CineMusic, Amsterdams Andalusisch Orkest, Theater de Poorterij, Stichting WIRWAR, Stichting ARK - Connor Schumacher, Mojo Theater, MediaDome B.V. DIEHELEDING, Theater Utrecht, Stel Dat:, Tryater</t>
+  </si>
+  <si>
+    <t>Theaterbureau FRIS</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Impresariaten / producenten </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FF031E73"/>
         <rFont val="Calibri Light"/>
         <family val="2"/>
         <scheme val="major"/>
       </rPr>
-      <t>(223 totaal)</t>
+      <t>(224 totaal)</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">    Nieuwe aanmeldingen sinds 1 juni: CineMusic, Amsterdams Andalusisch Orkest, Theater de Poorterij, Stichting WIRWAR, Stichting ARK - Connor Schumacher, Mojo Theater, MediaDome B.V. DIEHELEDING, Theater Utrecht, Stel Dat:, Tryater</t>
+    <t>De Poorterij</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Theaters </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FF031E73"/>
         <rFont val="Calibri Light"/>
         <family val="2"/>
         <scheme val="major"/>
       </rPr>
       <t>(157 totaal)</t>
+    </r>
+  </si>
+  <si>
+    <t>Haventheater Ijmuiden</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Stichting het Theater </t>
+  </si>
+  <si>
+    <t>Theater 't Voorhuys (voeren kaartstanden handmatig in)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    Geüpdatet 4 november 2025</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Koppeling Publieksmonitor </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF031E73"/>
+        <rFont val="Calibri Light"/>
+        <family val="2"/>
+        <scheme val="major"/>
+      </rPr>
+      <t>(138 totaal)</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="20" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
@@ -1939,51 +1939,51 @@
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="43">
+  <cellXfs count="46">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
@@ -2046,50 +2046,59 @@
     <xf numFmtId="0" fontId="7" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="4" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="4" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="4" borderId="14" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="4" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Standaard" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF031E73"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
@@ -2374,2884 +2383,2891 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:F230"/>
+  <dimension ref="A1:F231"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A3" zoomScaleNormal="100" workbookViewId="0">
+    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="F13" sqref="F13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="54.109375" customWidth="1"/>
     <col min="2" max="2" width="32.33203125" customWidth="1"/>
     <col min="3" max="3" width="39.88671875" style="6" customWidth="1"/>
     <col min="4" max="4" width="57.44140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1" s="1"/>
       <c r="B1" s="2"/>
       <c r="C1" s="7"/>
       <c r="D1" s="2"/>
     </row>
     <row r="2" spans="1:6" ht="25.8" x14ac:dyDescent="0.3">
       <c r="A2" s="23" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
       <c r="B2" s="24"/>
       <c r="C2" s="25"/>
       <c r="D2" s="24"/>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A3" s="26" t="s">
-        <v>494</v>
+        <v>498</v>
       </c>
       <c r="B3" s="24"/>
       <c r="C3" s="25"/>
       <c r="D3" s="24"/>
     </row>
     <row r="4" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A4" s="27"/>
       <c r="B4" s="24"/>
       <c r="C4" s="25"/>
       <c r="D4" s="24"/>
     </row>
     <row r="5" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A5" s="28" t="s">
-        <v>498</v>
+        <v>490</v>
       </c>
       <c r="B5" s="24"/>
       <c r="C5" s="25"/>
       <c r="D5" s="24"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A6" s="4"/>
       <c r="B6" s="5"/>
       <c r="C6" s="5"/>
       <c r="D6" s="5"/>
     </row>
     <row r="7" spans="1:6" s="3" customFormat="1" ht="18.600000000000001" customHeight="1" x14ac:dyDescent="0.65">
       <c r="A7" s="10" t="s">
+        <v>494</v>
+      </c>
+      <c r="B7" s="10" t="s">
+        <v>119</v>
+      </c>
+      <c r="C7" s="11" t="s">
         <v>499</v>
       </c>
-      <c r="B7" s="10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D7" s="12" t="s">
-        <v>497</v>
+        <v>492</v>
       </c>
       <c r="E7" s="8"/>
     </row>
     <row r="8" spans="1:6" ht="16.2" customHeight="1" x14ac:dyDescent="0.65">
       <c r="A8" s="36" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="B8" s="13" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="C8" s="29" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D8" s="31" t="s">
-        <v>457</v>
+        <v>453</v>
       </c>
       <c r="E8" s="9"/>
       <c r="F8" s="3"/>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A9" s="37" t="s">
         <v>44</v>
       </c>
       <c r="B9" s="14" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="C9" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D9" s="31" t="s">
-        <v>448</v>
+        <v>444</v>
       </c>
       <c r="E9" s="9"/>
     </row>
     <row r="10" spans="1:6" s="31" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A10" s="34" t="s">
-        <v>481</v>
+        <v>476</v>
       </c>
       <c r="B10" s="19" t="s">
-        <v>469</v>
+        <v>465</v>
       </c>
       <c r="C10" s="42" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D10" s="31" t="s">
-        <v>495</v>
+        <v>487</v>
       </c>
       <c r="E10" s="34"/>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A11" s="34" t="s">
-        <v>487</v>
+        <v>481</v>
       </c>
       <c r="B11" s="19" t="s">
-        <v>440</v>
+        <v>436</v>
       </c>
       <c r="C11" s="33"/>
       <c r="D11" s="31" t="s">
-        <v>460</v>
+        <v>456</v>
       </c>
       <c r="E11" s="9"/>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A12" s="37" t="s">
         <v>3</v>
       </c>
       <c r="B12" s="14" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="C12" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D12" s="31" t="s">
-        <v>432</v>
+        <v>430</v>
       </c>
       <c r="E12" s="9"/>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A13" s="37" t="s">
-        <v>423</v>
+        <v>421</v>
       </c>
       <c r="B13" s="14" t="s">
-        <v>424</v>
+        <v>422</v>
       </c>
       <c r="C13" s="32" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D13" s="14" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="E13" s="9"/>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A14" s="37" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="B14" s="14" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="C14" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D14" s="14" t="s">
-        <v>243</v>
+        <v>241</v>
       </c>
       <c r="E14" s="9"/>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A15" s="37" t="s">
         <v>56</v>
       </c>
       <c r="B15" s="14" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="C15" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D15" s="14" t="s">
-        <v>244</v>
+        <v>242</v>
       </c>
       <c r="E15" s="9"/>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A16" s="37" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="B16" s="14" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="C16" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D16" s="14" t="s">
-        <v>393</v>
+        <v>391</v>
       </c>
       <c r="E16" s="9"/>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A17" s="37" t="s">
-        <v>445</v>
+        <v>441</v>
       </c>
       <c r="B17" s="14" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="C17" s="16" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D17" s="14" t="s">
         <v>3</v>
       </c>
       <c r="E17" s="9"/>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A18" s="37" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="B18" s="14" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="C18" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D18" s="14" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
       <c r="E18" s="9"/>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A19" s="37" t="s">
         <v>22</v>
       </c>
       <c r="B19" s="14" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="C19" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D19" s="14" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
       <c r="E19" s="9"/>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A20" s="37" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="B20" s="14" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="C20" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D20" s="14" t="s">
-        <v>246</v>
+        <v>244</v>
       </c>
       <c r="E20" s="9"/>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A21" s="37" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="B21" s="14" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="C21" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D21" s="14" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="E21" s="9"/>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A22" s="37" t="s">
-        <v>486</v>
+        <v>480</v>
       </c>
       <c r="B22" s="14" t="s">
-        <v>444</v>
+        <v>440</v>
       </c>
       <c r="D22" s="14" t="s">
-        <v>402</v>
+        <v>400</v>
       </c>
       <c r="E22" s="9"/>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A23" s="37" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="B23" s="14" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="C23" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D23" s="14" t="s">
-        <v>452</v>
+        <v>448</v>
       </c>
       <c r="E23" s="9"/>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A24" s="37" t="s">
         <v>50</v>
       </c>
       <c r="B24" s="14" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="C24" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D24" s="14" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="E24" s="9"/>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A25" s="37" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="B25" s="14" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="C25" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D25" s="14" t="s">
-        <v>456</v>
+        <v>452</v>
       </c>
       <c r="E25" s="9"/>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A26" s="37" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="B26" s="14" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="C26" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D26" s="14" t="s">
-        <v>470</v>
+        <v>466</v>
       </c>
       <c r="E26" s="9"/>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A27" s="37" t="s">
         <v>47</v>
       </c>
       <c r="B27" s="14" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="C27" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D27" s="14" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="E27" s="9"/>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A28" s="37" t="s">
         <v>8</v>
       </c>
       <c r="B28" s="14" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="C28" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D28" s="14" t="s">
-        <v>496</v>
+        <v>488</v>
       </c>
       <c r="E28" s="9"/>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A29" s="37" t="s">
         <v>37</v>
       </c>
       <c r="B29" s="14" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="C29" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D29" s="14" t="s">
-        <v>446</v>
+        <v>442</v>
       </c>
       <c r="E29" s="9"/>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A30" s="37" t="s">
-        <v>447</v>
+        <v>443</v>
       </c>
       <c r="B30" s="14" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="C30" s="35" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D30" s="14" t="s">
-        <v>403</v>
+        <v>401</v>
       </c>
       <c r="E30" s="9"/>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A31" s="37" t="s">
-        <v>429</v>
+        <v>427</v>
       </c>
       <c r="B31" s="14" t="s">
-        <v>430</v>
+        <v>428</v>
       </c>
       <c r="C31" s="32" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D31" s="14" t="s">
         <v>56</v>
       </c>
       <c r="E31" s="9"/>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A32" s="37" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="B32" s="14" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="C32" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D32" s="14" t="s">
-        <v>250</v>
+        <v>248</v>
       </c>
       <c r="E32" s="9"/>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A33" s="37" t="s">
         <v>493</v>
       </c>
       <c r="B33" s="14" t="s">
-        <v>492</v>
+        <v>486</v>
+      </c>
+      <c r="C33" s="40" t="s">
+        <v>127</v>
       </c>
       <c r="D33" s="14" t="s">
-        <v>419</v>
+        <v>417</v>
       </c>
       <c r="E33" s="9"/>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A34" s="37" t="s">
         <v>20</v>
       </c>
       <c r="B34" s="14" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="C34" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D34" s="14" t="s">
-        <v>251</v>
+        <v>249</v>
       </c>
       <c r="E34" s="9"/>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A35" s="37" t="s">
-        <v>455</v>
+        <v>451</v>
       </c>
       <c r="B35" s="14" t="s">
-        <v>439</v>
+        <v>435</v>
       </c>
       <c r="D35" s="14" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="E35" s="9"/>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A36" s="37" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="B36" s="14" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="C36" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D36" s="14" t="s">
-        <v>464</v>
+        <v>460</v>
       </c>
       <c r="E36" s="9"/>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A37" s="37" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="B37" s="14" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="C37" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D37" s="14" t="s">
-        <v>467</v>
+        <v>463</v>
       </c>
       <c r="E37" s="9"/>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A38" s="37" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="B38" s="14" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="C38" s="15"/>
       <c r="D38" s="14" t="s">
-        <v>253</v>
+        <v>251</v>
       </c>
       <c r="E38" s="9"/>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A39" s="37" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="B39" s="14" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="C39" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D39" s="14" t="s">
-        <v>254</v>
+        <v>252</v>
       </c>
       <c r="E39" s="9"/>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A40" s="37" t="s">
-        <v>422</v>
+        <v>420</v>
       </c>
       <c r="B40" s="14" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="C40" s="32" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D40" s="14" t="s">
-        <v>255</v>
+        <v>253</v>
       </c>
       <c r="E40" s="9"/>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A41" s="37" t="s">
         <v>6</v>
       </c>
       <c r="B41" s="14" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="C41" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D41" s="14" t="s">
-        <v>256</v>
+        <v>254</v>
       </c>
       <c r="E41" s="9"/>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A42" s="37" t="s">
-        <v>152</v>
+        <v>495</v>
       </c>
       <c r="B42" s="14" t="s">
-        <v>153</v>
+        <v>193</v>
       </c>
       <c r="C42" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D42" s="14" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="E42" s="9"/>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A43" s="37" t="s">
-        <v>13</v>
+        <v>150</v>
       </c>
       <c r="B43" s="14" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="C43" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D43" s="14" t="s">
-        <v>394</v>
+        <v>392</v>
       </c>
       <c r="E43" s="9"/>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A44" s="37" t="s">
-        <v>107</v>
+        <v>13</v>
       </c>
       <c r="B44" s="14" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="C44" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D44" s="14" t="s">
-        <v>257</v>
+        <v>255</v>
       </c>
       <c r="E44" s="9"/>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A45" s="37" t="s">
-        <v>431</v>
+        <v>105</v>
       </c>
       <c r="B45" s="14" t="s">
-        <v>166</v>
+        <v>153</v>
+      </c>
+      <c r="C45" s="17" t="s">
+        <v>127</v>
       </c>
       <c r="D45" s="14" t="s">
-        <v>258</v>
+        <v>256</v>
       </c>
       <c r="E45" s="9"/>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A46" s="37" t="s">
-        <v>55</v>
+        <v>429</v>
       </c>
       <c r="B46" s="14" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-        <v>129</v>
+        <v>164</v>
       </c>
       <c r="D46" s="14" t="s">
-        <v>259</v>
+        <v>257</v>
       </c>
       <c r="E46" s="9"/>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A47" s="37" t="s">
-        <v>106</v>
+        <v>55</v>
       </c>
       <c r="B47" s="14" t="s">
-        <v>158</v>
+        <v>125</v>
       </c>
       <c r="C47" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D47" s="14" t="s">
-        <v>260</v>
+        <v>258</v>
       </c>
       <c r="E47" s="9"/>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A48" s="37" t="s">
-        <v>32</v>
+        <v>104</v>
       </c>
       <c r="B48" s="14" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="C48" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D48" s="14" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
       <c r="E48" s="9"/>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A49" s="37" t="s">
-        <v>485</v>
+        <v>32</v>
       </c>
       <c r="B49" s="14" t="s">
-        <v>436</v>
+        <v>157</v>
+      </c>
+      <c r="C49" s="17" t="s">
+        <v>127</v>
       </c>
       <c r="D49" s="14" t="s">
-        <v>480</v>
+        <v>475</v>
       </c>
       <c r="E49" s="9"/>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A50" s="37" t="s">
-        <v>42</v>
+        <v>479</v>
       </c>
       <c r="B50" s="14" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-        <v>129</v>
+        <v>434</v>
       </c>
       <c r="D50" s="14" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="E50" s="9"/>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A51" s="37" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="B51" s="14" t="s">
-        <v>135</v>
+        <v>152</v>
       </c>
       <c r="C51" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D51" s="14" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="E51" s="9"/>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A52" s="37" t="s">
-        <v>160</v>
+        <v>49</v>
       </c>
       <c r="B52" s="14" t="s">
-        <v>161</v>
+        <v>133</v>
       </c>
       <c r="C52" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D52" s="14" t="s">
-        <v>264</v>
+        <v>262</v>
       </c>
       <c r="E52" s="9"/>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A53" s="37" t="s">
-        <v>442</v>
+        <v>158</v>
       </c>
       <c r="B53" s="14" t="s">
-        <v>418</v>
+        <v>159</v>
+      </c>
+      <c r="C53" s="17" t="s">
+        <v>127</v>
       </c>
       <c r="D53" s="14" t="s">
-        <v>265</v>
+        <v>263</v>
       </c>
       <c r="E53" s="9"/>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A54" s="37" t="s">
-        <v>459</v>
+        <v>438</v>
       </c>
       <c r="B54" s="14" t="s">
-        <v>127</v>
+        <v>416</v>
       </c>
       <c r="D54" s="14" t="s">
-        <v>266</v>
+        <v>264</v>
       </c>
       <c r="E54" s="9"/>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A55" s="37" t="s">
-        <v>414</v>
+        <v>455</v>
       </c>
       <c r="B55" s="14" t="s">
-        <v>189</v>
-[...1 lines deleted...]
-      <c r="C55" s="18"/>
+        <v>125</v>
+      </c>
       <c r="D55" s="14" t="s">
-        <v>434</v>
+        <v>432</v>
       </c>
       <c r="E55" s="9"/>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A56" s="37" t="s">
-        <v>105</v>
+        <v>412</v>
       </c>
       <c r="B56" s="14" t="s">
-        <v>132</v>
-[...2 lines deleted...]
-        <v>129</v>
+        <v>187</v>
+      </c>
+      <c r="C56" s="43" t="s">
+        <v>127</v>
       </c>
       <c r="D56" s="14" t="s">
-        <v>267</v>
+        <v>265</v>
       </c>
       <c r="E56" s="9"/>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A57" s="37" t="s">
-        <v>443</v>
+        <v>103</v>
       </c>
       <c r="B57" s="14" t="s">
-        <v>132</v>
-[...2 lines deleted...]
-        <v>129</v>
+        <v>130</v>
+      </c>
+      <c r="C57" s="17" t="s">
+        <v>127</v>
       </c>
       <c r="D57" s="14" t="s">
-        <v>268</v>
+        <v>266</v>
       </c>
       <c r="E57" s="9"/>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A58" s="37" t="s">
-        <v>4</v>
+        <v>439</v>
       </c>
       <c r="B58" s="14" t="s">
-        <v>162</v>
-[...2 lines deleted...]
-        <v>129</v>
+        <v>130</v>
+      </c>
+      <c r="C58" s="41" t="s">
+        <v>127</v>
       </c>
       <c r="D58" s="14" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="E58" s="9"/>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A59" s="37" t="s">
-        <v>104</v>
+        <v>4</v>
       </c>
       <c r="B59" s="14" t="s">
-        <v>150</v>
+        <v>160</v>
       </c>
       <c r="C59" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D59" s="14" t="s">
-        <v>427</v>
+        <v>425</v>
       </c>
       <c r="E59" s="9"/>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A60" s="37" t="s">
-        <v>468</v>
+        <v>102</v>
       </c>
       <c r="B60" s="14" t="s">
-        <v>156</v>
+        <v>148</v>
       </c>
       <c r="C60" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D60" s="14" t="s">
-        <v>270</v>
+        <v>268</v>
       </c>
       <c r="E60" s="9"/>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A61" s="37" t="s">
-        <v>441</v>
+        <v>464</v>
       </c>
       <c r="B61" s="14" t="s">
+        <v>154</v>
+      </c>
+      <c r="C61" s="17" t="s">
         <v>127</v>
       </c>
       <c r="D61" s="14" t="s">
-        <v>271</v>
+        <v>269</v>
       </c>
       <c r="E61" s="9"/>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A62" s="37" t="s">
-        <v>474</v>
+        <v>437</v>
       </c>
       <c r="B62" s="14" t="s">
-        <v>205</v>
+        <v>125</v>
       </c>
       <c r="D62" s="14" t="s">
-        <v>272</v>
+        <v>270</v>
       </c>
       <c r="E62" s="9"/>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A63" s="37" t="s">
-        <v>471</v>
+        <v>470</v>
       </c>
       <c r="B63" s="14" t="s">
-        <v>472</v>
-[...2 lines deleted...]
-        <v>129</v>
+        <v>203</v>
       </c>
       <c r="D63" s="14" t="s">
-        <v>273</v>
+        <v>271</v>
       </c>
       <c r="E63" s="9"/>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A64" s="37" t="s">
-        <v>103</v>
+        <v>467</v>
       </c>
       <c r="B64" s="14" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-        <v>129</v>
+        <v>468</v>
+      </c>
+      <c r="C64" s="35" t="s">
+        <v>127</v>
       </c>
       <c r="D64" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E64" s="9"/>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A65" s="37" t="s">
-        <v>39</v>
+        <v>101</v>
       </c>
       <c r="B65" s="14" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
       <c r="C65" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D65" s="14" t="s">
-        <v>274</v>
+        <v>272</v>
       </c>
       <c r="E65" s="9"/>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A66" s="37" t="s">
-        <v>14</v>
+        <v>39</v>
       </c>
       <c r="B66" s="14" t="s">
-        <v>164</v>
+        <v>155</v>
       </c>
       <c r="C66" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D66" s="14" t="s">
-        <v>275</v>
+        <v>273</v>
       </c>
       <c r="E66" s="9"/>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A67" s="37" t="s">
-        <v>102</v>
+        <v>14</v>
       </c>
       <c r="B67" s="14" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="C67" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D67" s="14" t="s">
         <v>24</v>
       </c>
       <c r="E67" s="9"/>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A68" s="37" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="B68" s="14" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="C68" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D68" s="14" t="s">
-        <v>276</v>
+        <v>274</v>
       </c>
       <c r="E68" s="9"/>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A69" s="37" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="B69" s="14" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="C69" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D69" s="14" t="s">
-        <v>421</v>
+        <v>419</v>
       </c>
       <c r="E69" s="9"/>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A70" s="37" t="s">
-        <v>11</v>
+        <v>98</v>
       </c>
       <c r="B70" s="14" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="C70" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D70" s="14" t="s">
-        <v>277</v>
+        <v>275</v>
       </c>
       <c r="E70" s="9"/>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A71" s="37" t="s">
-        <v>99</v>
+        <v>11</v>
       </c>
       <c r="B71" s="14" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="C71" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D71" s="14" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="E71" s="9"/>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A72" s="37" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="B72" s="14" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="C72" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D72" s="14" t="s">
-        <v>279</v>
+        <v>277</v>
       </c>
       <c r="E72" s="9"/>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A73" s="37" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="B73" s="14" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="C73" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D73" s="14" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="E73" s="9"/>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A74" s="37" t="s">
-        <v>1</v>
+        <v>95</v>
       </c>
       <c r="B74" s="14" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="C74" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D74" s="14" t="s">
         <v>55</v>
       </c>
       <c r="E74" s="9"/>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A75" s="37" t="s">
-        <v>64</v>
+        <v>1</v>
       </c>
       <c r="B75" s="14" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="C75" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D75" s="14" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="E75" s="9"/>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A76" s="37" t="s">
-        <v>96</v>
+        <v>64</v>
       </c>
       <c r="B76" s="14" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="C76" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D76" s="14" t="s">
-        <v>282</v>
+        <v>280</v>
       </c>
       <c r="E76" s="9"/>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A77" s="37" t="s">
-        <v>46</v>
+        <v>94</v>
       </c>
       <c r="B77" s="14" t="s">
-        <v>180</v>
+        <v>173</v>
       </c>
       <c r="C77" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D77" s="14" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="E77" s="9"/>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A78" s="37" t="s">
-        <v>95</v>
+        <v>46</v>
       </c>
       <c r="B78" s="14" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="C78" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D78" s="14" t="s">
-        <v>284</v>
+        <v>282</v>
       </c>
       <c r="E78" s="9"/>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A79" s="37" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="B79" s="14" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="C79" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D79" s="14" t="s">
-        <v>285</v>
+        <v>283</v>
       </c>
       <c r="E79" s="9"/>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A80" s="37" t="s">
-        <v>34</v>
+        <v>92</v>
       </c>
       <c r="B80" s="14" t="s">
-        <v>170</v>
+        <v>180</v>
       </c>
       <c r="C80" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D80" s="14" t="s">
-        <v>286</v>
+        <v>284</v>
       </c>
       <c r="E80" s="9"/>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A81" s="37" t="s">
-        <v>93</v>
+        <v>34</v>
       </c>
       <c r="B81" s="14" t="s">
-        <v>185</v>
+        <v>168</v>
       </c>
       <c r="C81" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D81" s="14" t="s">
-        <v>287</v>
+        <v>285</v>
       </c>
       <c r="E81" s="9"/>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A82" s="37" t="s">
-        <v>10</v>
+        <v>91</v>
       </c>
       <c r="B82" s="14" t="s">
-        <v>176</v>
+        <v>183</v>
       </c>
       <c r="C82" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D82" s="14" t="s">
         <v>42</v>
       </c>
       <c r="E82" s="9"/>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A83" s="37" t="s">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="B83" s="14" t="s">
-        <v>186</v>
+        <v>174</v>
       </c>
       <c r="C83" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D83" s="14" t="s">
-        <v>288</v>
+        <v>286</v>
       </c>
       <c r="E83" s="9"/>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A84" s="37" t="s">
-        <v>92</v>
+        <v>30</v>
       </c>
       <c r="B84" s="14" t="s">
-        <v>177</v>
+        <v>184</v>
       </c>
       <c r="C84" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D84" s="14" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="E84" s="9"/>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A85" s="37" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="B85" s="14" t="s">
-        <v>187</v>
+        <v>175</v>
       </c>
       <c r="C85" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D85" s="14" t="s">
-        <v>407</v>
+        <v>405</v>
       </c>
       <c r="E85" s="9"/>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A86" s="37" t="s">
-        <v>111</v>
+        <v>89</v>
       </c>
       <c r="B86" s="14" t="s">
-        <v>150</v>
+        <v>185</v>
       </c>
       <c r="C86" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D86" s="14" t="s">
-        <v>290</v>
+        <v>288</v>
       </c>
       <c r="E86" s="9"/>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A87" s="37" t="s">
-        <v>33</v>
+        <v>109</v>
       </c>
       <c r="B87" s="14" t="s">
-        <v>178</v>
+        <v>148</v>
       </c>
       <c r="C87" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D87" s="14" t="s">
-        <v>401</v>
+        <v>399</v>
       </c>
       <c r="E87" s="9"/>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A88" s="37" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="B88" s="14" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="C88" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D88" s="14" t="s">
-        <v>466</v>
+        <v>462</v>
       </c>
       <c r="E88" s="9"/>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A89" s="37" t="s">
-        <v>192</v>
+        <v>23</v>
       </c>
       <c r="B89" s="14" t="s">
-        <v>144</v>
+        <v>177</v>
       </c>
       <c r="C89" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D89" s="14" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="E89" s="9"/>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A90" s="37" t="s">
-        <v>90</v>
+        <v>190</v>
       </c>
       <c r="B90" s="14" t="s">
-        <v>193</v>
+        <v>142</v>
       </c>
       <c r="C90" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D90" s="14" t="s">
-        <v>291</v>
+        <v>289</v>
       </c>
       <c r="E90" s="9"/>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A91" s="37" t="s">
-        <v>194</v>
+        <v>88</v>
       </c>
       <c r="B91" s="14" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="C91" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D91" s="14" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="E91" s="9"/>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A92" s="37" t="s">
-        <v>89</v>
+        <v>192</v>
       </c>
       <c r="B92" s="14" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="C92" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D92" s="14" t="s">
-        <v>292</v>
+        <v>290</v>
       </c>
       <c r="E92" s="9"/>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A93" s="37" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="B93" s="14" t="s">
-        <v>195</v>
+        <v>188</v>
       </c>
       <c r="C93" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D93" s="14" t="s">
-        <v>465</v>
+        <v>461</v>
       </c>
       <c r="E93" s="9"/>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A94" s="37" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="B94" s="14" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="C94" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D94" s="14" t="s">
-        <v>479</v>
+        <v>474</v>
       </c>
       <c r="E94" s="9"/>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A95" s="37" t="s">
         <v>16</v>
       </c>
       <c r="B95" s="14" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="C95" s="15"/>
       <c r="D95" s="14" t="s">
-        <v>293</v>
+        <v>291</v>
       </c>
       <c r="E95" s="9"/>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A96" s="37" t="s">
         <v>58</v>
       </c>
       <c r="B96" s="14" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="C96" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D96" s="14" t="s">
-        <v>475</v>
+        <v>471</v>
       </c>
       <c r="E96" s="9"/>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A97" s="37" t="s">
         <v>40</v>
       </c>
       <c r="B97" s="14" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="C97" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D97" s="14" t="s">
-        <v>410</v>
+        <v>408</v>
       </c>
       <c r="E97" s="9"/>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A98" s="37" t="s">
         <v>48</v>
       </c>
       <c r="B98" s="14" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="C98" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D98" s="14" t="s">
-        <v>482</v>
+        <v>477</v>
       </c>
       <c r="E98" s="9"/>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A99" s="37" t="s">
         <v>19</v>
       </c>
       <c r="B99" s="14" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="C99" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D99" s="14" t="s">
-        <v>294</v>
+        <v>292</v>
       </c>
       <c r="E99" s="9"/>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A100" s="37" t="s">
-        <v>12</v>
+        <v>496</v>
       </c>
       <c r="B100" s="14" t="s">
-        <v>198</v>
-[...2 lines deleted...]
-        <v>129</v>
+        <v>489</v>
+      </c>
+      <c r="C100" s="44" t="s">
+        <v>127</v>
       </c>
       <c r="D100" s="14" t="s">
-        <v>295</v>
+        <v>293</v>
       </c>
       <c r="E100" s="9"/>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A101" s="37" t="s">
-        <v>0</v>
+        <v>12</v>
       </c>
       <c r="B101" s="14" t="s">
-        <v>145</v>
+        <v>196</v>
       </c>
       <c r="C101" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D101" s="14" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="E101" s="9"/>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A102" s="37" t="s">
-        <v>199</v>
+        <v>0</v>
       </c>
       <c r="B102" s="14" t="s">
-        <v>166</v>
+        <v>143</v>
       </c>
       <c r="C102" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D102" s="14" t="s">
-        <v>297</v>
+        <v>295</v>
       </c>
       <c r="E102" s="9"/>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A103" s="37" t="s">
-        <v>53</v>
+        <v>197</v>
       </c>
       <c r="B103" s="14" t="s">
-        <v>183</v>
+        <v>164</v>
       </c>
       <c r="C103" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D103" s="14" t="s">
-        <v>298</v>
+        <v>296</v>
       </c>
       <c r="E103" s="9"/>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A104" s="37" t="s">
-        <v>9</v>
+        <v>53</v>
       </c>
       <c r="B104" s="14" t="s">
-        <v>188</v>
+        <v>181</v>
       </c>
       <c r="C104" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D104" s="14" t="s">
-        <v>299</v>
+        <v>297</v>
       </c>
       <c r="E104" s="9"/>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A105" s="37" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="B105" s="14" t="s">
-        <v>200</v>
+        <v>186</v>
       </c>
       <c r="C105" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D105" s="14" t="s">
-        <v>300</v>
+        <v>298</v>
       </c>
       <c r="E105" s="9"/>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A106" s="37" t="s">
+        <v>27</v>
+      </c>
+      <c r="B106" s="14" t="s">
+        <v>198</v>
+      </c>
+      <c r="C106" s="17" t="s">
+        <v>127</v>
+      </c>
+      <c r="D106" s="14" t="s">
+        <v>299</v>
+      </c>
+      <c r="E106" s="9"/>
+    </row>
+    <row r="107" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A107" s="37" t="s">
         <v>26</v>
       </c>
-      <c r="B106" s="14" t="s">
-[...5 lines deleted...]
-      <c r="D106" s="14" t="s">
+      <c r="B107" s="14" t="s">
+        <v>171</v>
+      </c>
+      <c r="C107" s="17" t="s">
+        <v>127</v>
+      </c>
+      <c r="D107" s="14" t="s">
+        <v>300</v>
+      </c>
+      <c r="E107" s="9"/>
+    </row>
+    <row r="108" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A108" s="38" t="s">
+        <v>199</v>
+      </c>
+      <c r="B108" s="14" t="s">
+        <v>182</v>
+      </c>
+      <c r="C108" s="17" t="s">
+        <v>127</v>
+      </c>
+      <c r="D108" s="14" t="s">
         <v>301</v>
-      </c>
-[...25 lines deleted...]
-        <v>303</v>
       </c>
       <c r="E108" s="9"/>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A109" s="37" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="B109" s="14" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="C109" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D109" s="14" t="s">
-        <v>304</v>
+        <v>302</v>
       </c>
       <c r="E109" s="9"/>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A110" s="37" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="B110" s="14" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="C110" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D110" s="14" t="s">
-        <v>305</v>
+        <v>303</v>
       </c>
       <c r="E110" s="9"/>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A111" s="37" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B111" s="14" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="C111" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D111" s="14" t="s">
-        <v>490</v>
+        <v>484</v>
       </c>
       <c r="E111" s="9"/>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A112" s="37" t="s">
-        <v>416</v>
+        <v>414</v>
       </c>
       <c r="B112" s="14" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="C112" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D112" s="14" t="s">
-        <v>306</v>
+        <v>304</v>
       </c>
       <c r="E112" s="9"/>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A113" s="37" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="B113" s="14" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="C113" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D113" s="14" t="s">
-        <v>307</v>
+        <v>305</v>
       </c>
       <c r="E113" s="9"/>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A114" s="37" t="s">
         <v>41</v>
       </c>
       <c r="B114" s="14" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="C114" s="15"/>
       <c r="D114" s="14" t="s">
-        <v>308</v>
+        <v>306</v>
       </c>
       <c r="E114" s="9"/>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A115" s="37" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="B115" s="14" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="C115" s="16" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D115" s="14" t="s">
-        <v>309</v>
+        <v>307</v>
       </c>
       <c r="E115" s="9"/>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A116" s="37" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="B116" s="14" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="C116" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D116" s="19" t="s">
-        <v>391</v>
+        <v>389</v>
       </c>
       <c r="E116" s="9"/>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A117" s="37" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="B117" s="14" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="C117" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D117" s="14" t="s">
-        <v>310</v>
+        <v>308</v>
       </c>
       <c r="E117" s="9"/>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A118" s="37" t="s">
         <v>45</v>
       </c>
       <c r="B118" s="14" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="C118" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D118" s="14" t="s">
-        <v>311</v>
+        <v>309</v>
       </c>
       <c r="E118" s="9"/>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A119" s="37" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="B119" s="14" t="s">
-        <v>209</v>
+        <v>207</v>
       </c>
       <c r="C119" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D119" s="14" t="s">
-        <v>399</v>
+        <v>397</v>
       </c>
       <c r="E119" s="9"/>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A120" s="37" t="s">
         <v>17</v>
       </c>
       <c r="B120" s="14" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="C120" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D120" s="14" t="s">
-        <v>397</v>
+        <v>395</v>
       </c>
       <c r="E120" s="9"/>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A121" s="37" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="B121" s="14" t="s">
-        <v>210</v>
+        <v>208</v>
       </c>
       <c r="C121" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D121" s="14" t="s">
-        <v>312</v>
+        <v>310</v>
       </c>
       <c r="E121" s="9"/>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A122" s="37" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="B122" s="14" t="s">
-        <v>211</v>
+        <v>209</v>
       </c>
       <c r="C122" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D122" s="14" t="s">
-        <v>313</v>
+        <v>311</v>
       </c>
       <c r="E122" s="9"/>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A123" s="37" t="s">
         <v>21</v>
       </c>
       <c r="B123" s="14" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="C123" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D123" s="14" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="E123" s="9"/>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A124" s="37" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="B124" s="14" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="C124" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D124" s="14" t="s">
-        <v>314</v>
+        <v>312</v>
       </c>
       <c r="E124" s="9"/>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A125" s="37" t="s">
         <v>5</v>
       </c>
       <c r="B125" s="14" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="C125" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D125" s="14" t="s">
-        <v>315</v>
+        <v>313</v>
       </c>
       <c r="E125" s="9"/>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A126" s="37" t="s">
         <v>52</v>
       </c>
       <c r="B126" s="14" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="C126" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D126" s="14" t="s">
-        <v>316</v>
+        <v>314</v>
       </c>
       <c r="E126" s="9"/>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A127" s="37" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B127" s="14" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="C127" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D127" s="14" t="s">
-        <v>317</v>
+        <v>315</v>
       </c>
       <c r="E127" s="9"/>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A128" s="37" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="B128" s="14" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="C128" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D128" s="14" t="s">
-        <v>406</v>
+        <v>404</v>
       </c>
       <c r="E128" s="9"/>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A129" s="37" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="B129" s="14" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="C129" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D129" s="14" t="s">
-        <v>318</v>
+        <v>316</v>
       </c>
       <c r="E129" s="9"/>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A130" s="37" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="B130" s="14" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="C130" s="15"/>
       <c r="D130" s="14" t="s">
-        <v>319</v>
+        <v>317</v>
       </c>
       <c r="E130" s="9"/>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A131" s="37" t="s">
         <v>7</v>
       </c>
       <c r="B131" s="14" t="s">
-        <v>219</v>
+        <v>217</v>
       </c>
       <c r="C131" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D131" s="14" t="s">
-        <v>477</v>
+        <v>472</v>
       </c>
       <c r="E131" s="9"/>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A132" s="37" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="B132" s="14" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="C132" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D132" s="14" t="s">
-        <v>320</v>
+        <v>318</v>
       </c>
       <c r="E132" s="9"/>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A133" s="37" t="s">
         <v>29</v>
       </c>
       <c r="B133" s="14" t="s">
-        <v>221</v>
+        <v>219</v>
       </c>
       <c r="C133" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D133" s="14" t="s">
-        <v>488</v>
+        <v>482</v>
       </c>
       <c r="E133" s="9"/>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A134" s="37" t="s">
         <v>36</v>
       </c>
       <c r="B134" s="14" t="s">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="C134" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D134" s="14" t="s">
-        <v>321</v>
+        <v>319</v>
       </c>
       <c r="E134" s="9"/>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A135" s="37" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="B135" s="14" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="C135" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D135" s="14" t="s">
-        <v>322</v>
+        <v>320</v>
       </c>
       <c r="E135" s="9"/>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A136" s="37" t="s">
         <v>38</v>
       </c>
       <c r="B136" s="14" t="s">
-        <v>224</v>
+        <v>222</v>
       </c>
       <c r="C136" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D136" s="14" t="s">
-        <v>323</v>
+        <v>321</v>
       </c>
       <c r="E136" s="9"/>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A137" s="37" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="B137" s="14" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="C137" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D137" s="14" t="s">
-        <v>324</v>
+        <v>322</v>
       </c>
       <c r="E137" s="9"/>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A138" s="37" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="B138" s="14" t="s">
-        <v>226</v>
+        <v>224</v>
       </c>
       <c r="C138" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D138" s="14" t="s">
-        <v>325</v>
+        <v>323</v>
       </c>
       <c r="E138" s="9"/>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A139" s="37" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="B139" s="14" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
       <c r="C139" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D139" s="14" t="s">
-        <v>326</v>
+        <v>324</v>
       </c>
       <c r="E139" s="9"/>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A140" s="37" t="s">
-        <v>449</v>
+        <v>445</v>
       </c>
       <c r="B140" s="14" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="C140" s="15"/>
       <c r="D140" s="14" t="s">
-        <v>327</v>
+        <v>325</v>
       </c>
       <c r="E140" s="9"/>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A141" s="37" t="s">
-        <v>405</v>
+        <v>403</v>
       </c>
       <c r="B141" s="14" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="C141" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D141" s="14" t="s">
-        <v>328</v>
+        <v>326</v>
       </c>
       <c r="E141" s="9"/>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A142" s="37" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="B142" s="14" t="s">
-        <v>229</v>
+        <v>227</v>
       </c>
       <c r="C142" s="30" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D142" s="14" t="s">
-        <v>329</v>
+        <v>327</v>
       </c>
       <c r="E142" s="9"/>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A143" s="37" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="B143" s="14" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="C143" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D143" s="14" t="s">
-        <v>408</v>
+        <v>406</v>
       </c>
       <c r="E143" s="9"/>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A144" s="37" t="s">
         <v>25</v>
       </c>
       <c r="B144" s="14" t="s">
-        <v>230</v>
+        <v>228</v>
       </c>
       <c r="C144" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D144" s="14" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="E144" s="9"/>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A145" s="37" t="s">
         <v>15</v>
       </c>
       <c r="B145" s="14" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="C145" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D145" s="14" t="s">
-        <v>330</v>
+        <v>328</v>
       </c>
       <c r="E145" s="9"/>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A146" s="37" t="s">
         <v>51</v>
       </c>
       <c r="B146" s="14" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="C146" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D146" s="14" t="s">
-        <v>417</v>
+        <v>415</v>
       </c>
       <c r="E146" s="9"/>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A147" s="37" t="s">
-        <v>484</v>
+        <v>478</v>
       </c>
       <c r="B147" s="14" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="C147" s="15"/>
       <c r="D147" s="14" t="s">
-        <v>400</v>
+        <v>398</v>
       </c>
       <c r="E147" s="9"/>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A148" s="37" t="s">
         <v>2</v>
       </c>
       <c r="B148" s="14" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="C148" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D148" s="14" t="s">
-        <v>331</v>
+        <v>329</v>
       </c>
       <c r="E148" s="9"/>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A149" s="37" t="s">
         <v>54</v>
       </c>
       <c r="B149" s="14" t="s">
-        <v>233</v>
+        <v>231</v>
       </c>
       <c r="C149" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D149" s="14" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="E149" s="9"/>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A150" s="37" t="s">
-        <v>65</v>
+        <v>497</v>
       </c>
       <c r="B150" s="14" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
       <c r="C150" s="15"/>
       <c r="D150" s="14" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="E150" s="9"/>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A151" s="37" t="s">
-        <v>478</v>
+        <v>473</v>
       </c>
       <c r="B151" s="14" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="D151" s="14" t="s">
-        <v>334</v>
+        <v>332</v>
       </c>
       <c r="E151" s="9"/>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A152" s="37" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="B152" s="14" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
       <c r="C152" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D152" s="14" t="s">
-        <v>335</v>
+        <v>333</v>
       </c>
       <c r="E152" s="9"/>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A153" s="37" t="s">
-        <v>473</v>
+        <v>469</v>
       </c>
       <c r="B153" s="14" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="C153" s="40" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D153" s="14" t="s">
-        <v>336</v>
+        <v>334</v>
       </c>
       <c r="E153" s="9"/>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A154" s="37" t="s">
         <v>35</v>
       </c>
       <c r="B154" s="14" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="C154" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D154" s="14" t="s">
-        <v>337</v>
+        <v>335</v>
       </c>
       <c r="E154" s="9"/>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A155" s="37" t="s">
-        <v>450</v>
+        <v>446</v>
       </c>
       <c r="B155" s="14" t="s">
-        <v>451</v>
+        <v>447</v>
       </c>
       <c r="D155" s="14" t="s">
-        <v>425</v>
+        <v>423</v>
       </c>
       <c r="E155" s="9"/>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A156" s="37" t="s">
-        <v>453</v>
+        <v>449</v>
       </c>
       <c r="B156" s="14" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="C156" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D156" s="14" t="s">
-        <v>338</v>
+        <v>336</v>
       </c>
       <c r="E156" s="9"/>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A157" s="37" t="s">
-        <v>476</v>
+        <v>31</v>
       </c>
       <c r="B157" s="14" t="s">
-        <v>193</v>
+        <v>191</v>
+      </c>
+      <c r="C157" s="45" t="s">
+        <v>127</v>
       </c>
       <c r="D157" s="14" t="s">
-        <v>339</v>
+        <v>337</v>
       </c>
       <c r="E157" s="9"/>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A158" s="37" t="s">
         <v>63</v>
       </c>
       <c r="B158" s="14" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="C158" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D158" s="14" t="s">
-        <v>340</v>
+        <v>338</v>
       </c>
       <c r="E158" s="9"/>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A159" s="37" t="s">
         <v>43</v>
       </c>
       <c r="B159" s="14" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="C159" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D159" s="14" t="s">
-        <v>341</v>
+        <v>339</v>
       </c>
       <c r="E159" s="9"/>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A160" s="37" t="s">
         <v>62</v>
       </c>
       <c r="B160" s="14" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="C160" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D160" s="14" t="s">
-        <v>342</v>
+        <v>340</v>
       </c>
       <c r="E160" s="9"/>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A161" s="37" t="s">
         <v>61</v>
       </c>
       <c r="B161" s="14" t="s">
-        <v>238</v>
+        <v>236</v>
       </c>
       <c r="C161" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D161" s="14" t="s">
-        <v>343</v>
+        <v>341</v>
       </c>
       <c r="E161" s="9"/>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A162" s="37" t="s">
         <v>60</v>
       </c>
       <c r="B162" s="14" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="C162" s="17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D162" s="14" t="s">
-        <v>344</v>
+        <v>342</v>
       </c>
       <c r="E162" s="9"/>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A163" s="37" t="s">
         <v>59</v>
       </c>
       <c r="B163" s="14" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="C163" s="15"/>
       <c r="D163" s="14" t="s">
-        <v>411</v>
+        <v>409</v>
       </c>
       <c r="E163" s="9"/>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A164" s="39" t="s">
         <v>57</v>
       </c>
       <c r="B164" s="20" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="C164" s="21" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D164" s="14" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="E164" s="9"/>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A165" s="22"/>
-[...1 lines deleted...]
-      <c r="C165" s="18"/>
       <c r="D165" s="14" t="s">
-        <v>345</v>
+        <v>343</v>
       </c>
       <c r="E165" s="9"/>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A166" s="22"/>
       <c r="B166" s="22"/>
       <c r="C166" s="18"/>
       <c r="D166" s="14" t="s">
-        <v>346</v>
+        <v>344</v>
       </c>
       <c r="E166" s="9"/>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A167" s="22"/>
-[...1 lines deleted...]
-      <c r="C167" s="18"/>
       <c r="D167" s="14" t="s">
-        <v>347</v>
+        <v>345</v>
       </c>
       <c r="E167" s="9"/>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A168" s="22"/>
       <c r="B168" s="22"/>
       <c r="C168" s="18"/>
       <c r="D168" s="14" t="s">
-        <v>348</v>
+        <v>346</v>
       </c>
       <c r="E168" s="9"/>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A169" s="22"/>
       <c r="B169" s="22"/>
       <c r="C169" s="18"/>
       <c r="D169" s="14" t="s">
-        <v>349</v>
+        <v>347</v>
       </c>
       <c r="E169" s="9"/>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A170" s="22"/>
       <c r="B170" s="22"/>
       <c r="C170" s="18"/>
       <c r="D170" s="14" t="s">
-        <v>350</v>
+        <v>348</v>
       </c>
       <c r="E170" s="9"/>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A171" s="22"/>
       <c r="B171" s="22"/>
       <c r="C171" s="18"/>
       <c r="D171" s="14" t="s">
-        <v>351</v>
+        <v>349</v>
       </c>
       <c r="E171" s="9"/>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A172" s="22"/>
       <c r="B172" s="22"/>
       <c r="C172" s="18"/>
       <c r="D172" s="14" t="s">
-        <v>352</v>
+        <v>350</v>
       </c>
       <c r="E172" s="9"/>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A173" s="22"/>
       <c r="B173" s="22"/>
       <c r="C173" s="18"/>
       <c r="D173" s="14" t="s">
-        <v>353</v>
+        <v>351</v>
       </c>
       <c r="E173" s="9"/>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A174" s="22"/>
       <c r="B174" s="22"/>
       <c r="C174" s="18"/>
       <c r="D174" s="14" t="s">
-        <v>354</v>
+        <v>352</v>
       </c>
       <c r="E174" s="9"/>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A175" s="22"/>
       <c r="B175" s="22"/>
       <c r="C175" s="18"/>
       <c r="D175" s="14" t="s">
-        <v>355</v>
+        <v>353</v>
       </c>
       <c r="E175" s="9"/>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A176" s="22"/>
       <c r="B176" s="22"/>
       <c r="C176" s="18"/>
       <c r="D176" s="14" t="s">
-        <v>356</v>
+        <v>354</v>
       </c>
       <c r="E176" s="9"/>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A177" s="22"/>
       <c r="B177" s="22"/>
       <c r="C177" s="18"/>
       <c r="D177" s="14" t="s">
-        <v>357</v>
+        <v>355</v>
       </c>
       <c r="E177" s="9"/>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A178" s="22"/>
       <c r="B178" s="22"/>
       <c r="C178" s="18"/>
       <c r="D178" s="14" t="s">
-        <v>358</v>
+        <v>356</v>
       </c>
       <c r="E178" s="9"/>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A179" s="22"/>
       <c r="B179" s="22"/>
       <c r="C179" s="18"/>
       <c r="D179" s="14" t="s">
-        <v>359</v>
+        <v>357</v>
       </c>
       <c r="E179" s="9"/>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A180" s="22"/>
       <c r="B180" s="22"/>
       <c r="C180" s="18"/>
       <c r="D180" s="14" t="s">
-        <v>360</v>
+        <v>358</v>
       </c>
       <c r="E180" s="9"/>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A181" s="22"/>
       <c r="B181" s="22"/>
       <c r="C181" s="18"/>
       <c r="D181" s="14" t="s">
-        <v>361</v>
+        <v>359</v>
       </c>
       <c r="E181" s="9"/>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A182" s="22"/>
       <c r="B182" s="22"/>
       <c r="C182" s="18"/>
       <c r="D182" s="14" t="s">
-        <v>362</v>
+        <v>360</v>
       </c>
       <c r="E182" s="9"/>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A183" s="22"/>
       <c r="B183" s="22"/>
       <c r="C183" s="18"/>
       <c r="D183" s="14" t="s">
-        <v>363</v>
+        <v>361</v>
       </c>
       <c r="E183" s="9"/>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A184" s="22"/>
       <c r="B184" s="22"/>
       <c r="C184" s="18"/>
       <c r="D184" s="14" t="s">
-        <v>364</v>
+        <v>362</v>
       </c>
       <c r="E184" s="9"/>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A185" s="22"/>
       <c r="B185" s="22"/>
       <c r="C185" s="18"/>
       <c r="D185" s="14" t="s">
-        <v>365</v>
+        <v>363</v>
       </c>
       <c r="E185" s="9"/>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A186" s="22"/>
       <c r="B186" s="22"/>
       <c r="C186" s="18"/>
       <c r="D186" s="14" t="s">
-        <v>366</v>
+        <v>364</v>
       </c>
       <c r="E186" s="9"/>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A187" s="22"/>
       <c r="B187" s="22"/>
       <c r="C187" s="18"/>
       <c r="D187" s="14" t="s">
-        <v>367</v>
+        <v>365</v>
       </c>
       <c r="E187" s="9"/>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A188" s="22"/>
       <c r="B188" s="22"/>
       <c r="C188" s="18"/>
       <c r="D188" s="14" t="s">
-        <v>368</v>
+        <v>366</v>
       </c>
       <c r="E188" s="9"/>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A189" s="22"/>
       <c r="B189" s="22"/>
       <c r="C189" s="18"/>
       <c r="D189" s="14" t="s">
-        <v>428</v>
+        <v>426</v>
       </c>
       <c r="E189" s="9"/>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A190" s="22"/>
       <c r="B190" s="22"/>
       <c r="C190" s="18"/>
       <c r="D190" s="14" t="s">
-        <v>413</v>
+        <v>411</v>
       </c>
       <c r="E190" s="9"/>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A191" s="22"/>
       <c r="B191" s="22"/>
       <c r="C191" s="18"/>
       <c r="D191" s="14" t="s">
-        <v>404</v>
+        <v>402</v>
       </c>
       <c r="E191" s="9"/>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A192" s="22"/>
       <c r="B192" s="22"/>
       <c r="C192" s="18"/>
       <c r="D192" s="14" t="s">
-        <v>369</v>
+        <v>367</v>
       </c>
       <c r="E192" s="9"/>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A193" s="22"/>
       <c r="B193" s="22"/>
       <c r="C193" s="18"/>
       <c r="D193" s="14" t="s">
-        <v>370</v>
+        <v>368</v>
       </c>
       <c r="E193" s="9"/>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A194" s="22"/>
       <c r="B194" s="22"/>
       <c r="C194" s="18"/>
       <c r="D194" s="14" t="s">
-        <v>371</v>
+        <v>369</v>
       </c>
       <c r="E194" s="9"/>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A195" s="22"/>
       <c r="B195" s="22"/>
       <c r="C195" s="18"/>
       <c r="D195" s="14" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A196" s="22"/>
       <c r="B196" s="22"/>
       <c r="C196" s="18"/>
       <c r="D196" s="14" t="s">
-        <v>372</v>
+        <v>370</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A197" s="22"/>
       <c r="B197" s="22"/>
       <c r="C197" s="18"/>
       <c r="D197" s="14" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A198" s="22"/>
       <c r="B198" s="22"/>
       <c r="C198" s="18"/>
       <c r="D198" s="19" t="s">
-        <v>392</v>
+        <v>390</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A199" s="22"/>
       <c r="B199" s="22"/>
       <c r="C199" s="18"/>
       <c r="D199" s="14" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A200" s="22"/>
-[...1 lines deleted...]
-      <c r="C200" s="18"/>
       <c r="D200" s="14" t="s">
-        <v>373</v>
+        <v>371</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.3">
       <c r="D201" s="14" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.3">
       <c r="D202" s="14" t="s">
-        <v>374</v>
+        <v>372</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.3">
       <c r="D203" s="14" t="s">
-        <v>375</v>
+        <v>373</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.3">
       <c r="D204" s="14" t="s">
-        <v>426</v>
+        <v>424</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.3">
       <c r="D205" s="14" t="s">
-        <v>376</v>
+        <v>374</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.3">
       <c r="D206" s="14" t="s">
-        <v>377</v>
+        <v>491</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.3">
       <c r="D207" s="14" t="s">
-        <v>395</v>
+        <v>375</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.3">
       <c r="D208" s="14" t="s">
-        <v>396</v>
+        <v>393</v>
       </c>
     </row>
     <row r="209" spans="4:4" x14ac:dyDescent="0.3">
       <c r="D209" s="14" t="s">
-        <v>378</v>
+        <v>394</v>
       </c>
     </row>
     <row r="210" spans="4:4" x14ac:dyDescent="0.3">
       <c r="D210" s="14" t="s">
-        <v>379</v>
+        <v>376</v>
       </c>
     </row>
     <row r="211" spans="4:4" x14ac:dyDescent="0.3">
       <c r="D211" s="14" t="s">
-        <v>380</v>
+        <v>377</v>
       </c>
     </row>
     <row r="212" spans="4:4" x14ac:dyDescent="0.3">
       <c r="D212" s="14" t="s">
-        <v>420</v>
+        <v>378</v>
       </c>
     </row>
     <row r="213" spans="4:4" x14ac:dyDescent="0.3">
       <c r="D213" s="14" t="s">
-        <v>381</v>
+        <v>418</v>
       </c>
     </row>
     <row r="214" spans="4:4" x14ac:dyDescent="0.3">
       <c r="D214" s="14" t="s">
-        <v>382</v>
+        <v>379</v>
       </c>
     </row>
     <row r="215" spans="4:4" x14ac:dyDescent="0.3">
       <c r="D215" s="14" t="s">
-        <v>383</v>
+        <v>380</v>
       </c>
     </row>
     <row r="216" spans="4:4" x14ac:dyDescent="0.3">
       <c r="D216" s="14" t="s">
-        <v>384</v>
+        <v>381</v>
       </c>
     </row>
     <row r="217" spans="4:4" x14ac:dyDescent="0.3">
       <c r="D217" s="14" t="s">
-        <v>385</v>
+        <v>382</v>
       </c>
     </row>
     <row r="218" spans="4:4" x14ac:dyDescent="0.3">
       <c r="D218" s="14" t="s">
-        <v>31</v>
+        <v>383</v>
       </c>
     </row>
     <row r="219" spans="4:4" x14ac:dyDescent="0.3">
       <c r="D219" s="14" t="s">
-        <v>435</v>
+        <v>31</v>
       </c>
     </row>
     <row r="220" spans="4:4" x14ac:dyDescent="0.3">
       <c r="D220" s="14" t="s">
-        <v>386</v>
+        <v>433</v>
       </c>
     </row>
     <row r="221" spans="4:4" x14ac:dyDescent="0.3">
       <c r="D221" s="14" t="s">
-        <v>489</v>
+        <v>384</v>
       </c>
     </row>
     <row r="222" spans="4:4" x14ac:dyDescent="0.3">
       <c r="D222" s="14" t="s">
-        <v>462</v>
+        <v>483</v>
       </c>
     </row>
     <row r="223" spans="4:4" x14ac:dyDescent="0.3">
       <c r="D223" s="14" t="s">
-        <v>463</v>
+        <v>458</v>
       </c>
     </row>
     <row r="224" spans="4:4" x14ac:dyDescent="0.3">
       <c r="D224" s="14" t="s">
-        <v>43</v>
+        <v>459</v>
       </c>
     </row>
     <row r="225" spans="4:4" x14ac:dyDescent="0.3">
       <c r="D225" s="14" t="s">
-        <v>461</v>
+        <v>43</v>
       </c>
     </row>
     <row r="226" spans="4:4" x14ac:dyDescent="0.3">
       <c r="D226" s="14" t="s">
-        <v>387</v>
+        <v>457</v>
       </c>
     </row>
     <row r="227" spans="4:4" x14ac:dyDescent="0.3">
       <c r="D227" s="14" t="s">
-        <v>491</v>
+        <v>385</v>
       </c>
     </row>
     <row r="228" spans="4:4" x14ac:dyDescent="0.3">
       <c r="D228" s="14" t="s">
-        <v>388</v>
+        <v>485</v>
       </c>
     </row>
     <row r="229" spans="4:4" x14ac:dyDescent="0.3">
       <c r="D229" s="14" t="s">
-        <v>389</v>
+        <v>386</v>
       </c>
     </row>
     <row r="230" spans="4:4" x14ac:dyDescent="0.3">
       <c r="D230" s="14" t="s">
-        <v>390</v>
+        <v>387</v>
+      </c>
+    </row>
+    <row r="231" spans="4:4" x14ac:dyDescent="0.3">
+      <c r="D231" s="14" t="s">
+        <v>388</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A7:D207" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A8:D144">
     <sortCondition ref="A7:A144"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Werkbladen</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>