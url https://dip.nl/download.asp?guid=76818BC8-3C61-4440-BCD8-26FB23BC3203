--- v1 (2025-12-02)
+++ v2 (2026-01-16)
@@ -1,151 +1,145 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\seque\Documents\Sequenna DIP\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{83F39B65-4F92-4103-9743-E691C0603AA2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B42B69B2-66D5-405D-BE14-CE513B4EA32E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet0" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet0!$A$7:$D$207</definedName>
     <definedName name="_Hlk156913590" localSheetId="0">Sheet0!$C$17</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="683" uniqueCount="500">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="684" uniqueCount="500">
   <si>
     <t>Stichting MIMIK</t>
   </si>
   <si>
     <t>Schouwburg Amstelveen</t>
   </si>
   <si>
     <t>Theater Rotterdam</t>
   </si>
   <si>
     <t>Bijlmer Parktheater</t>
   </si>
   <si>
     <t>Markant Theater Maashorst</t>
   </si>
   <si>
     <t>Theater de Omval</t>
   </si>
   <si>
     <t>Fulco Theater</t>
   </si>
   <si>
     <t>Theater de Storm</t>
   </si>
   <si>
     <t>De Molenberg</t>
   </si>
   <si>
-    <t>Stichting Sociaal Cultureel Centrum De Lievekamp</t>
-[...1 lines deleted...]
-  <si>
     <t>Schouwburg Lochem</t>
   </si>
   <si>
     <t>Schaffelaar Theater BV</t>
   </si>
   <si>
     <t>Stichting Kielzog</t>
   </si>
   <si>
     <t>Het Nationale Theater</t>
   </si>
   <si>
     <t>Podium Hoge Woerd</t>
   </si>
   <si>
     <t>Theater Kikker</t>
   </si>
   <si>
     <t>Stichting Ab Art</t>
   </si>
   <si>
     <t>Theater de Krakeling</t>
   </si>
   <si>
     <t>Theater Oostpool</t>
   </si>
   <si>
     <t>Stichting Grand Futura</t>
   </si>
   <si>
     <t>De Schuur</t>
   </si>
   <si>
-    <t>Theater De Lieve Vrouw</t>
-[...1 lines deleted...]
-  <si>
     <t>Cultureel Centrum Corrosia</t>
   </si>
   <si>
     <t>Stadsgehoorzaal Vlaardingen</t>
   </si>
   <si>
     <t>Holland Opera</t>
   </si>
   <si>
     <t>Theater Junushoff</t>
   </si>
   <si>
     <t>Stichting VU (Griffioen)</t>
   </si>
   <si>
     <t>Stichting Theater &amp; Bioscoop de Nieuwe Kolk</t>
   </si>
   <si>
     <t>Theater a/d Rijn (De Nieuwe Oost)</t>
   </si>
   <si>
     <t>Theater de Veste</t>
   </si>
   <si>
     <t>Schouwburg Ogterop</t>
@@ -192,126 +186,105 @@
   <si>
     <t>ATLAS Theater</t>
   </si>
   <si>
     <t>Theater de Hofnar</t>
   </si>
   <si>
     <t>Schouwburg De Kampanje</t>
   </si>
   <si>
     <t>De Meervaart</t>
   </si>
   <si>
     <t>Stichting DOK6 Theater</t>
   </si>
   <si>
     <t>Kunstlinie Almere Flevoland</t>
   </si>
   <si>
     <t>DE KOM, stadstheater en kunstencentrum</t>
   </si>
   <si>
     <t>Theater Koningshof</t>
   </si>
   <si>
-    <t>Theater De Oranjerie</t>
-[...1 lines deleted...]
-  <si>
     <t>Stichting Schouwburg Hengelo</t>
   </si>
   <si>
     <t>Theater Speelhuis</t>
   </si>
   <si>
     <t>Internationaal Theater Amsterdam</t>
   </si>
   <si>
     <t>Conny Janssen Danst</t>
   </si>
   <si>
     <t>Zwolse Theaters</t>
   </si>
   <si>
     <t>Stichting Amare</t>
   </si>
   <si>
     <t>Zeeland Theaters</t>
   </si>
   <si>
     <t>Zaantheater</t>
   </si>
   <si>
     <t>Wilminktheater</t>
   </si>
   <si>
     <t>WestlandTheater De Naald</t>
   </si>
   <si>
     <t>Verkadefabriek</t>
   </si>
   <si>
     <t>Schouwburg Concertzaal Tilburg</t>
   </si>
   <si>
     <t>Theater Ins Blau</t>
   </si>
   <si>
     <t>Theater Hof 88</t>
   </si>
   <si>
-    <t>Theater Harderwijk</t>
-[...1 lines deleted...]
-  <si>
     <t>Theater Geert Teis</t>
   </si>
   <si>
     <t>Theater Hanzehof &amp; Buitensociëteit</t>
   </si>
   <si>
     <t>Theater de Willem</t>
   </si>
   <si>
-    <t>Theater De Vest</t>
-[...1 lines deleted...]
-  <si>
     <t>Theater de Stoep</t>
   </si>
   <si>
     <t>Theater de Schalm</t>
-  </si>
-[...10 lines deleted...]
-    <t>Theater De Lampegiet</t>
   </si>
   <si>
     <t>Theater de Koornbeurs</t>
   </si>
   <si>
     <t>Theater de Bussel</t>
   </si>
   <si>
     <t>Theater de Blauwe Kei</t>
   </si>
   <si>
     <t>Theater Castellum</t>
   </si>
   <si>
     <t>Theater aan het Vrijthof</t>
   </si>
   <si>
     <t>Theater aan de Slinger</t>
   </si>
   <si>
     <t>Theater aan de Schie</t>
   </si>
   <si>
     <t>Theater aan de Parade</t>
   </si>
@@ -1335,116 +1308,104 @@
   <si>
     <t>Tijd van de Wolf</t>
   </si>
   <si>
     <t>House of Nouws</t>
   </si>
   <si>
     <t>Frascati Theater</t>
   </si>
   <si>
     <t>BREStheater</t>
   </si>
   <si>
     <t>Brielle</t>
   </si>
   <si>
     <t>Stichting Ivgi &amp; Greben</t>
   </si>
   <si>
     <t>Theaterbolwerk PUNCH</t>
   </si>
   <si>
     <t>Grappige Zaken B.V.</t>
   </si>
   <si>
-    <t>Studio BrandKracht</t>
-[...1 lines deleted...]
-  <si>
     <t>De Nobelaer</t>
   </si>
   <si>
     <t>Etten-Leur</t>
   </si>
   <si>
     <t>Huis Oostpool</t>
   </si>
   <si>
     <t>Afra Tafri Creations</t>
   </si>
   <si>
     <t>Black Pencil</t>
   </si>
   <si>
     <t>Fennan B.V.</t>
   </si>
   <si>
-    <t>Twist Agency</t>
-[...1 lines deleted...]
-  <si>
     <t>Dinxperlo</t>
   </si>
   <si>
     <t>Hoogeveen</t>
   </si>
   <si>
     <t>Druten</t>
   </si>
   <si>
     <t>Nationale Opera &amp; Ballet Theater</t>
   </si>
   <si>
     <t>Liemers Kunstwerk!</t>
   </si>
   <si>
     <t xml:space="preserve">Maaspodium </t>
   </si>
   <si>
     <t>Culemborg</t>
   </si>
   <si>
     <t>Cpunt</t>
   </si>
   <si>
     <t>Collectief Blauwdruk</t>
   </si>
   <si>
     <t>De Nieuwe Vorst</t>
   </si>
   <si>
     <t>Acteursgroep Wunderbaum</t>
   </si>
   <si>
     <t>Theater Het Badhuis</t>
   </si>
   <si>
-    <t>Theater Vianen (voeren standen handmatig in)</t>
-[...4 lines deleted...]
-  <si>
     <t>Buro Bannink</t>
   </si>
   <si>
     <t>Theater Zuidplein</t>
   </si>
   <si>
     <t>MANCO Bewegingstheater</t>
   </si>
   <si>
     <t xml:space="preserve">De Tamboer </t>
   </si>
   <si>
     <t>But What About</t>
   </si>
   <si>
     <t>&amp;Brakema Producties</t>
   </si>
   <si>
     <t>De Rob en Joep BV</t>
   </si>
   <si>
     <t>Likeminds Theater</t>
   </si>
   <si>
     <t xml:space="preserve">Anders Productions </t>
@@ -1452,53 +1413,50 @@
   <si>
     <t>Wabi Sabi Theater</t>
   </si>
   <si>
     <t>Van Hoorne Entertainment</t>
   </si>
   <si>
     <t>Vanaf2</t>
   </si>
   <si>
     <t>Dawn Collective</t>
   </si>
   <si>
     <t>Maya Fridman Foundation</t>
   </si>
   <si>
     <t>Lloydscompany</t>
   </si>
   <si>
     <t>De Correspondent</t>
   </si>
   <si>
     <t xml:space="preserve">Munttheater </t>
   </si>
   <si>
-    <t>'s-Heerenberg,</t>
-[...1 lines deleted...]
-  <si>
     <t>Cat Smits Company</t>
   </si>
   <si>
     <t>Oerol Festival</t>
   </si>
   <si>
     <t>Terschelling</t>
   </si>
   <si>
     <t>Theaterfestival Boulevard</t>
   </si>
   <si>
     <t>Nederlandse Dansdagen</t>
   </si>
   <si>
     <t>Mevrouw Ogterop</t>
   </si>
   <si>
     <t>Stel Dat:</t>
   </si>
   <si>
     <t>Theater Utrecht (voeren kaartstanden handmatig in)</t>
   </si>
   <si>
     <t>MediaDome B.V.</t>
@@ -1527,114 +1485,156 @@
   <si>
     <t>Stichting ARK - Connor Schumacher</t>
   </si>
   <si>
     <t>URLAND</t>
   </si>
   <si>
     <t>Orkest Phion</t>
   </si>
   <si>
     <t>WIRWAR Producties</t>
   </si>
   <si>
     <t>Zaltbommel</t>
   </si>
   <si>
     <t>Amsterdams Andalusisch Orkest</t>
   </si>
   <si>
     <t>CineMusic</t>
   </si>
   <si>
     <t>Blaricum</t>
   </si>
   <si>
-    <t xml:space="preserve">    Nieuwe aanmeldingen sinds 1 juni: Theaterbureau FRIS, Stichting het Theater, CineMusic, Amsterdams Andalusisch Orkest, Theater de Poorterij, Stichting WIRWAR, Stichting ARK - Connor Schumacher, Mojo Theater, MediaDome B.V. DIEHELEDING, Theater Utrecht, Stel Dat:, Tryater</t>
-[...1 lines deleted...]
-  <si>
     <t>Theaterbureau FRIS</t>
-  </si>
-[...13 lines deleted...]
-    </r>
   </si>
   <si>
     <t>De Poorterij</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Theaters </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FF031E73"/>
         <rFont val="Calibri Light"/>
         <family val="2"/>
         <scheme val="major"/>
       </rPr>
       <t>(157 totaal)</t>
     </r>
   </si>
   <si>
     <t>Haventheater Ijmuiden</t>
   </si>
   <si>
     <t xml:space="preserve">Stichting het Theater </t>
   </si>
   <si>
     <t>Theater 't Voorhuys (voeren kaartstanden handmatig in)</t>
   </si>
   <si>
-    <t xml:space="preserve">    Geüpdatet 4 november 2025</t>
-[...1 lines deleted...]
-  <si>
     <r>
       <t xml:space="preserve">Koppeling Publieksmonitor </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FF031E73"/>
         <rFont val="Calibri Light"/>
         <family val="2"/>
         <scheme val="major"/>
       </rPr>
       <t>(138 totaal)</t>
     </r>
+  </si>
+  <si>
+    <t>Stad Als Podium (Theater Harderwijk)</t>
+  </si>
+  <si>
+    <t>Theater de Lieve Vrouw</t>
+  </si>
+  <si>
+    <t>Theater de Leest</t>
+  </si>
+  <si>
+    <t>Theater de Lampegiet</t>
+  </si>
+  <si>
+    <t>Theater de Maagd</t>
+  </si>
+  <si>
+    <t>Theater de Oranjerie</t>
+  </si>
+  <si>
+    <t>Theater de Purmaryn</t>
+  </si>
+  <si>
+    <t>Theater de Vest</t>
+  </si>
+  <si>
+    <t>Theater De Lievekamp</t>
+  </si>
+  <si>
+    <t>s-Heerenberg</t>
+  </si>
+  <si>
+    <t>KASSETT</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Impresariaten / producenten </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF031E73"/>
+        <rFont val="Calibri Light"/>
+        <family val="2"/>
+        <scheme val="major"/>
+      </rPr>
+      <t>(225 totaal)</t>
+    </r>
+  </si>
+  <si>
+    <t>Percossa</t>
+  </si>
+  <si>
+    <t>Theater Terra</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    Nieuwe aanmeldingen sinds 1 augustus: De Kleine Komedie, Theater Terra, Percossa, KASSETT, Theaterbureau FRIS, Stichting het Theater, CineMusic, Amsterdams Andalusisch Orkest, Theater de Poorterij, Stichting WIRWAR</t>
+  </si>
+  <si>
+    <t>De Kleine Komedie (koppeling in afwachting)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    Geüpdatet 13 janauri 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="20" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -1939,51 +1939,51 @@
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="46">
+  <cellXfs count="47">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
@@ -2056,50 +2056,51 @@
     </xf>
     <xf numFmtId="0" fontId="7" fillId="4" borderId="14" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="4" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Standaard" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF031E73"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
@@ -2383,2891 +2384,2896 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:F231"/>
+  <dimension ref="A1:F232"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="F13" sqref="F13"/>
+      <selection activeCell="A4" sqref="A4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="54.109375" customWidth="1"/>
     <col min="2" max="2" width="32.33203125" customWidth="1"/>
     <col min="3" max="3" width="39.88671875" style="6" customWidth="1"/>
     <col min="4" max="4" width="57.44140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1" s="1"/>
       <c r="B1" s="2"/>
       <c r="C1" s="7"/>
       <c r="D1" s="2"/>
     </row>
     <row r="2" spans="1:6" ht="25.8" x14ac:dyDescent="0.3">
       <c r="A2" s="23" t="s">
-        <v>413</v>
+        <v>404</v>
       </c>
       <c r="B2" s="24"/>
       <c r="C2" s="25"/>
       <c r="D2" s="24"/>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A3" s="26" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="B3" s="24"/>
       <c r="C3" s="25"/>
       <c r="D3" s="24"/>
     </row>
     <row r="4" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A4" s="27"/>
       <c r="B4" s="24"/>
       <c r="C4" s="25"/>
       <c r="D4" s="24"/>
     </row>
     <row r="5" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A5" s="28" t="s">
-        <v>490</v>
+        <v>497</v>
       </c>
       <c r="B5" s="24"/>
       <c r="C5" s="25"/>
       <c r="D5" s="24"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A6" s="4"/>
       <c r="B6" s="5"/>
       <c r="C6" s="5"/>
       <c r="D6" s="5"/>
     </row>
     <row r="7" spans="1:6" s="3" customFormat="1" ht="18.600000000000001" customHeight="1" x14ac:dyDescent="0.65">
       <c r="A7" s="10" t="s">
+        <v>478</v>
+      </c>
+      <c r="B7" s="10" t="s">
+        <v>110</v>
+      </c>
+      <c r="C7" s="11" t="s">
+        <v>482</v>
+      </c>
+      <c r="D7" s="12" t="s">
         <v>494</v>
-      </c>
-[...7 lines deleted...]
-        <v>492</v>
       </c>
       <c r="E7" s="8"/>
     </row>
     <row r="8" spans="1:6" ht="16.2" customHeight="1" x14ac:dyDescent="0.65">
       <c r="A8" s="36" t="s">
-        <v>123</v>
+        <v>114</v>
       </c>
       <c r="B8" s="13" t="s">
-        <v>120</v>
+        <v>111</v>
       </c>
       <c r="C8" s="29" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D8" s="31" t="s">
-        <v>453</v>
+        <v>440</v>
       </c>
       <c r="E8" s="9"/>
       <c r="F8" s="3"/>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A9" s="37" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="B9" s="14" t="s">
-        <v>124</v>
+        <v>115</v>
       </c>
       <c r="C9" s="17" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D9" s="31" t="s">
-        <v>444</v>
+        <v>433</v>
       </c>
       <c r="E9" s="9"/>
     </row>
     <row r="10" spans="1:6" s="31" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A10" s="34" t="s">
-        <v>476</v>
-[...2 lines deleted...]
-        <v>465</v>
+        <v>462</v>
+      </c>
+      <c r="B10" s="46" t="s">
+        <v>492</v>
       </c>
       <c r="C10" s="42" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D10" s="31" t="s">
-        <v>487</v>
+        <v>473</v>
       </c>
       <c r="E10" s="34"/>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A11" s="34" t="s">
-        <v>481</v>
+        <v>467</v>
       </c>
       <c r="B11" s="19" t="s">
-        <v>436</v>
+        <v>425</v>
       </c>
       <c r="C11" s="33"/>
       <c r="D11" s="31" t="s">
-        <v>456</v>
+        <v>443</v>
       </c>
       <c r="E11" s="9"/>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A12" s="37" t="s">
         <v>3</v>
       </c>
       <c r="B12" s="14" t="s">
-        <v>125</v>
+        <v>116</v>
       </c>
       <c r="C12" s="17" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D12" s="31" t="s">
-        <v>430</v>
+        <v>420</v>
       </c>
       <c r="E12" s="9"/>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A13" s="37" t="s">
-        <v>421</v>
+        <v>412</v>
       </c>
       <c r="B13" s="14" t="s">
-        <v>422</v>
+        <v>413</v>
       </c>
       <c r="C13" s="32" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D13" s="14" t="s">
-        <v>240</v>
+        <v>231</v>
       </c>
       <c r="E13" s="9"/>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A14" s="37" t="s">
-        <v>118</v>
+        <v>109</v>
       </c>
       <c r="B14" s="14" t="s">
-        <v>128</v>
+        <v>119</v>
       </c>
       <c r="C14" s="17" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D14" s="14" t="s">
-        <v>241</v>
+        <v>232</v>
       </c>
       <c r="E14" s="9"/>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A15" s="37" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="B15" s="14" t="s">
-        <v>130</v>
+        <v>121</v>
       </c>
       <c r="C15" s="17" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D15" s="14" t="s">
-        <v>242</v>
+        <v>233</v>
       </c>
       <c r="E15" s="9"/>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A16" s="37" t="s">
-        <v>117</v>
+        <v>108</v>
       </c>
       <c r="B16" s="14" t="s">
-        <v>131</v>
+        <v>122</v>
       </c>
       <c r="C16" s="17" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D16" s="14" t="s">
-        <v>391</v>
+        <v>382</v>
       </c>
       <c r="E16" s="9"/>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A17" s="37" t="s">
-        <v>441</v>
+        <v>430</v>
       </c>
       <c r="B17" s="14" t="s">
-        <v>126</v>
+        <v>117</v>
       </c>
       <c r="C17" s="16" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D17" s="14" t="s">
         <v>3</v>
       </c>
       <c r="E17" s="9"/>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A18" s="37" t="s">
-        <v>116</v>
+        <v>107</v>
       </c>
       <c r="B18" s="14" t="s">
-        <v>121</v>
+        <v>112</v>
       </c>
       <c r="C18" s="17" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D18" s="14" t="s">
-        <v>431</v>
+        <v>421</v>
       </c>
       <c r="E18" s="9"/>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A19" s="37" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="B19" s="14" t="s">
-        <v>133</v>
+        <v>124</v>
       </c>
       <c r="C19" s="17" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D19" s="14" t="s">
-        <v>243</v>
+        <v>234</v>
       </c>
       <c r="E19" s="9"/>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A20" s="37" t="s">
-        <v>134</v>
+        <v>125</v>
       </c>
       <c r="B20" s="14" t="s">
-        <v>122</v>
+        <v>113</v>
       </c>
       <c r="C20" s="17" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D20" s="14" t="s">
-        <v>244</v>
+        <v>235</v>
       </c>
       <c r="E20" s="9"/>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A21" s="37" t="s">
-        <v>114</v>
+        <v>105</v>
       </c>
       <c r="B21" s="14" t="s">
-        <v>132</v>
+        <v>123</v>
       </c>
       <c r="C21" s="17" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D21" s="14" t="s">
-        <v>245</v>
+        <v>236</v>
       </c>
       <c r="E21" s="9"/>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A22" s="37" t="s">
-        <v>480</v>
+        <v>466</v>
       </c>
       <c r="B22" s="14" t="s">
-        <v>440</v>
+        <v>429</v>
       </c>
       <c r="D22" s="14" t="s">
-        <v>400</v>
+        <v>391</v>
       </c>
       <c r="E22" s="9"/>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A23" s="37" t="s">
-        <v>112</v>
+        <v>103</v>
       </c>
       <c r="B23" s="14" t="s">
-        <v>135</v>
+        <v>126</v>
       </c>
       <c r="C23" s="17" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D23" s="14" t="s">
-        <v>448</v>
+        <v>435</v>
       </c>
       <c r="E23" s="9"/>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A24" s="37" t="s">
-        <v>50</v>
+        <v>498</v>
       </c>
       <c r="B24" s="14" t="s">
-        <v>136</v>
-[...2 lines deleted...]
-        <v>127</v>
+        <v>116</v>
       </c>
       <c r="D24" s="14" t="s">
-        <v>246</v>
+        <v>237</v>
       </c>
       <c r="E24" s="9"/>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A25" s="37" t="s">
-        <v>111</v>
+        <v>48</v>
       </c>
       <c r="B25" s="14" t="s">
-        <v>137</v>
+        <v>127</v>
       </c>
       <c r="C25" s="17" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D25" s="14" t="s">
-        <v>452</v>
+        <v>439</v>
       </c>
       <c r="E25" s="9"/>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A26" s="37" t="s">
-        <v>110</v>
+        <v>102</v>
       </c>
       <c r="B26" s="14" t="s">
-        <v>138</v>
+        <v>128</v>
       </c>
       <c r="C26" s="17" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D26" s="14" t="s">
-        <v>466</v>
+        <v>452</v>
       </c>
       <c r="E26" s="9"/>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A27" s="37" t="s">
-        <v>47</v>
+        <v>101</v>
       </c>
       <c r="B27" s="14" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="C27" s="17" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D27" s="14" t="s">
-        <v>247</v>
+        <v>238</v>
       </c>
       <c r="E27" s="9"/>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A28" s="37" t="s">
-        <v>8</v>
+        <v>45</v>
       </c>
       <c r="B28" s="14" t="s">
-        <v>139</v>
+        <v>116</v>
       </c>
       <c r="C28" s="17" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D28" s="14" t="s">
-        <v>488</v>
+        <v>474</v>
       </c>
       <c r="E28" s="9"/>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A29" s="37" t="s">
-        <v>37</v>
+        <v>8</v>
       </c>
       <c r="B29" s="14" t="s">
-        <v>140</v>
+        <v>130</v>
       </c>
       <c r="C29" s="17" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D29" s="14" t="s">
-        <v>442</v>
+        <v>431</v>
       </c>
       <c r="E29" s="9"/>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A30" s="37" t="s">
-        <v>443</v>
+        <v>35</v>
       </c>
       <c r="B30" s="14" t="s">
-        <v>172</v>
-[...2 lines deleted...]
-        <v>127</v>
+        <v>131</v>
+      </c>
+      <c r="C30" s="17" t="s">
+        <v>118</v>
       </c>
       <c r="D30" s="14" t="s">
-        <v>401</v>
+        <v>392</v>
       </c>
       <c r="E30" s="9"/>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A31" s="37" t="s">
-        <v>427</v>
+        <v>432</v>
       </c>
       <c r="B31" s="14" t="s">
-        <v>428</v>
-[...2 lines deleted...]
-        <v>127</v>
+        <v>163</v>
+      </c>
+      <c r="C31" s="35" t="s">
+        <v>118</v>
       </c>
       <c r="D31" s="14" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="E31" s="9"/>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A32" s="37" t="s">
-        <v>108</v>
+        <v>417</v>
       </c>
       <c r="B32" s="14" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-        <v>127</v>
+        <v>418</v>
+      </c>
+      <c r="C32" s="32" t="s">
+        <v>118</v>
       </c>
       <c r="D32" s="14" t="s">
-        <v>248</v>
+        <v>239</v>
       </c>
       <c r="E32" s="9"/>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A33" s="37" t="s">
-        <v>493</v>
+        <v>99</v>
       </c>
       <c r="B33" s="14" t="s">
-        <v>486</v>
-[...2 lines deleted...]
-        <v>127</v>
+        <v>132</v>
+      </c>
+      <c r="C33" s="17" t="s">
+        <v>118</v>
       </c>
       <c r="D33" s="14" t="s">
-        <v>417</v>
+        <v>408</v>
       </c>
       <c r="E33" s="9"/>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A34" s="37" t="s">
-        <v>20</v>
+        <v>477</v>
       </c>
       <c r="B34" s="14" t="s">
-        <v>142</v>
-[...2 lines deleted...]
-        <v>127</v>
+        <v>472</v>
+      </c>
+      <c r="C34" s="40" t="s">
+        <v>118</v>
       </c>
       <c r="D34" s="14" t="s">
-        <v>249</v>
+        <v>240</v>
       </c>
       <c r="E34" s="9"/>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A35" s="37" t="s">
-        <v>451</v>
+        <v>19</v>
       </c>
       <c r="B35" s="14" t="s">
-        <v>435</v>
+        <v>133</v>
+      </c>
+      <c r="C35" s="17" t="s">
+        <v>118</v>
       </c>
       <c r="D35" s="14" t="s">
-        <v>250</v>
+        <v>241</v>
       </c>
       <c r="E35" s="9"/>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A36" s="37" t="s">
-        <v>107</v>
+        <v>438</v>
       </c>
       <c r="B36" s="14" t="s">
-        <v>125</v>
-[...2 lines deleted...]
-        <v>127</v>
+        <v>424</v>
       </c>
       <c r="D36" s="14" t="s">
-        <v>460</v>
+        <v>447</v>
       </c>
       <c r="E36" s="9"/>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A37" s="37" t="s">
-        <v>106</v>
+        <v>98</v>
       </c>
       <c r="B37" s="14" t="s">
-        <v>143</v>
+        <v>116</v>
       </c>
       <c r="C37" s="17" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D37" s="14" t="s">
-        <v>463</v>
+        <v>450</v>
       </c>
       <c r="E37" s="9"/>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A38" s="37" t="s">
-        <v>145</v>
+        <v>97</v>
       </c>
       <c r="B38" s="14" t="s">
-        <v>146</v>
-[...1 lines deleted...]
-      <c r="C38" s="15"/>
+        <v>134</v>
+      </c>
+      <c r="C38" s="17" t="s">
+        <v>118</v>
+      </c>
       <c r="D38" s="14" t="s">
-        <v>251</v>
+        <v>242</v>
       </c>
       <c r="E38" s="9"/>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A39" s="37" t="s">
-        <v>113</v>
+        <v>136</v>
       </c>
       <c r="B39" s="14" t="s">
-        <v>147</v>
-[...3 lines deleted...]
-      </c>
+        <v>137</v>
+      </c>
+      <c r="C39" s="15"/>
       <c r="D39" s="14" t="s">
-        <v>252</v>
+        <v>243</v>
       </c>
       <c r="E39" s="9"/>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A40" s="37" t="s">
-        <v>420</v>
+        <v>104</v>
       </c>
       <c r="B40" s="14" t="s">
-        <v>125</v>
-[...2 lines deleted...]
-        <v>127</v>
+        <v>138</v>
+      </c>
+      <c r="C40" s="17" t="s">
+        <v>118</v>
       </c>
       <c r="D40" s="14" t="s">
-        <v>253</v>
+        <v>244</v>
       </c>
       <c r="E40" s="9"/>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A41" s="37" t="s">
-        <v>6</v>
+        <v>411</v>
       </c>
       <c r="B41" s="14" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-        <v>127</v>
+        <v>116</v>
+      </c>
+      <c r="C41" s="32" t="s">
+        <v>118</v>
       </c>
       <c r="D41" s="14" t="s">
-        <v>254</v>
+        <v>245</v>
       </c>
       <c r="E41" s="9"/>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A42" s="37" t="s">
-        <v>495</v>
+        <v>6</v>
       </c>
       <c r="B42" s="14" t="s">
-        <v>193</v>
+        <v>140</v>
       </c>
       <c r="C42" s="17" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D42" s="14" t="s">
-        <v>454</v>
+        <v>441</v>
       </c>
       <c r="E42" s="9"/>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A43" s="37" t="s">
-        <v>150</v>
+        <v>479</v>
       </c>
       <c r="B43" s="14" t="s">
-        <v>151</v>
+        <v>184</v>
       </c>
       <c r="C43" s="17" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D43" s="14" t="s">
-        <v>392</v>
+        <v>383</v>
       </c>
       <c r="E43" s="9"/>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A44" s="37" t="s">
-        <v>13</v>
+        <v>141</v>
       </c>
       <c r="B44" s="14" t="s">
-        <v>152</v>
+        <v>142</v>
       </c>
       <c r="C44" s="17" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D44" s="14" t="s">
-        <v>255</v>
+        <v>246</v>
       </c>
       <c r="E44" s="9"/>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A45" s="37" t="s">
-        <v>105</v>
+        <v>12</v>
       </c>
       <c r="B45" s="14" t="s">
-        <v>153</v>
+        <v>143</v>
       </c>
       <c r="C45" s="17" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D45" s="14" t="s">
-        <v>256</v>
+        <v>247</v>
       </c>
       <c r="E45" s="9"/>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A46" s="37" t="s">
-        <v>429</v>
+        <v>96</v>
       </c>
       <c r="B46" s="14" t="s">
-        <v>164</v>
+        <v>144</v>
+      </c>
+      <c r="C46" s="17" t="s">
+        <v>118</v>
       </c>
       <c r="D46" s="14" t="s">
-        <v>257</v>
+        <v>248</v>
       </c>
       <c r="E46" s="9"/>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A47" s="37" t="s">
-        <v>55</v>
+        <v>419</v>
       </c>
       <c r="B47" s="14" t="s">
-        <v>125</v>
-[...2 lines deleted...]
-        <v>127</v>
+        <v>155</v>
       </c>
       <c r="D47" s="14" t="s">
-        <v>258</v>
+        <v>249</v>
       </c>
       <c r="E47" s="9"/>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A48" s="37" t="s">
-        <v>104</v>
+        <v>52</v>
       </c>
       <c r="B48" s="14" t="s">
-        <v>156</v>
+        <v>116</v>
       </c>
       <c r="C48" s="17" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D48" s="14" t="s">
-        <v>259</v>
+        <v>250</v>
       </c>
       <c r="E48" s="9"/>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A49" s="37" t="s">
-        <v>32</v>
+        <v>95</v>
       </c>
       <c r="B49" s="14" t="s">
-        <v>157</v>
+        <v>147</v>
       </c>
       <c r="C49" s="17" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D49" s="14" t="s">
-        <v>475</v>
+        <v>461</v>
       </c>
       <c r="E49" s="9"/>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A50" s="37" t="s">
-        <v>479</v>
+        <v>30</v>
       </c>
       <c r="B50" s="14" t="s">
-        <v>434</v>
+        <v>148</v>
+      </c>
+      <c r="C50" s="17" t="s">
+        <v>118</v>
       </c>
       <c r="D50" s="14" t="s">
-        <v>260</v>
+        <v>251</v>
       </c>
       <c r="E50" s="9"/>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A51" s="37" t="s">
-        <v>42</v>
+        <v>465</v>
       </c>
       <c r="B51" s="14" t="s">
-        <v>152</v>
-[...2 lines deleted...]
-        <v>127</v>
+        <v>423</v>
       </c>
       <c r="D51" s="14" t="s">
-        <v>261</v>
+        <v>252</v>
       </c>
       <c r="E51" s="9"/>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A52" s="37" t="s">
-        <v>49</v>
+        <v>40</v>
       </c>
       <c r="B52" s="14" t="s">
-        <v>133</v>
+        <v>143</v>
       </c>
       <c r="C52" s="17" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D52" s="14" t="s">
-        <v>262</v>
+        <v>253</v>
       </c>
       <c r="E52" s="9"/>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A53" s="37" t="s">
-        <v>158</v>
+        <v>47</v>
       </c>
       <c r="B53" s="14" t="s">
-        <v>159</v>
+        <v>124</v>
       </c>
       <c r="C53" s="17" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D53" s="14" t="s">
-        <v>263</v>
+        <v>254</v>
       </c>
       <c r="E53" s="9"/>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A54" s="37" t="s">
-        <v>438</v>
+        <v>149</v>
       </c>
       <c r="B54" s="14" t="s">
-        <v>416</v>
+        <v>150</v>
+      </c>
+      <c r="C54" s="17" t="s">
+        <v>118</v>
       </c>
       <c r="D54" s="14" t="s">
-        <v>264</v>
+        <v>255</v>
       </c>
       <c r="E54" s="9"/>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A55" s="37" t="s">
-        <v>455</v>
+        <v>427</v>
       </c>
       <c r="B55" s="14" t="s">
-        <v>125</v>
+        <v>407</v>
       </c>
       <c r="D55" s="14" t="s">
-        <v>432</v>
+        <v>422</v>
       </c>
       <c r="E55" s="9"/>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A56" s="37" t="s">
-        <v>412</v>
+        <v>442</v>
       </c>
       <c r="B56" s="14" t="s">
-        <v>187</v>
-[...2 lines deleted...]
-        <v>127</v>
+        <v>116</v>
       </c>
       <c r="D56" s="14" t="s">
-        <v>265</v>
+        <v>256</v>
       </c>
       <c r="E56" s="9"/>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A57" s="37" t="s">
-        <v>103</v>
+        <v>403</v>
       </c>
       <c r="B57" s="14" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-        <v>127</v>
+        <v>178</v>
+      </c>
+      <c r="C57" s="43" t="s">
+        <v>118</v>
       </c>
       <c r="D57" s="14" t="s">
-        <v>266</v>
+        <v>257</v>
       </c>
       <c r="E57" s="9"/>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A58" s="37" t="s">
-        <v>439</v>
+        <v>94</v>
       </c>
       <c r="B58" s="14" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-        <v>127</v>
+        <v>121</v>
+      </c>
+      <c r="C58" s="17" t="s">
+        <v>118</v>
       </c>
       <c r="D58" s="14" t="s">
-        <v>267</v>
+        <v>258</v>
       </c>
       <c r="E58" s="9"/>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A59" s="37" t="s">
-        <v>4</v>
+        <v>428</v>
       </c>
       <c r="B59" s="14" t="s">
-        <v>160</v>
-[...2 lines deleted...]
-        <v>127</v>
+        <v>121</v>
+      </c>
+      <c r="C59" s="41" t="s">
+        <v>118</v>
       </c>
       <c r="D59" s="14" t="s">
-        <v>425</v>
+        <v>416</v>
       </c>
       <c r="E59" s="9"/>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A60" s="37" t="s">
-        <v>102</v>
+        <v>4</v>
       </c>
       <c r="B60" s="14" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="C60" s="17" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D60" s="14" t="s">
-        <v>268</v>
+        <v>259</v>
       </c>
       <c r="E60" s="9"/>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A61" s="37" t="s">
-        <v>464</v>
+        <v>93</v>
       </c>
       <c r="B61" s="14" t="s">
-        <v>154</v>
+        <v>139</v>
       </c>
       <c r="C61" s="17" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D61" s="14" t="s">
-        <v>269</v>
+        <v>260</v>
       </c>
       <c r="E61" s="9"/>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A62" s="37" t="s">
-        <v>437</v>
+        <v>451</v>
       </c>
       <c r="B62" s="14" t="s">
-        <v>125</v>
+        <v>145</v>
+      </c>
+      <c r="C62" s="17" t="s">
+        <v>118</v>
       </c>
       <c r="D62" s="14" t="s">
-        <v>270</v>
+        <v>261</v>
       </c>
       <c r="E62" s="9"/>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A63" s="37" t="s">
-        <v>470</v>
+        <v>426</v>
       </c>
       <c r="B63" s="14" t="s">
-        <v>203</v>
+        <v>116</v>
       </c>
       <c r="D63" s="14" t="s">
-        <v>271</v>
+        <v>262</v>
       </c>
       <c r="E63" s="9"/>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A64" s="37" t="s">
-        <v>467</v>
+        <v>456</v>
       </c>
       <c r="B64" s="14" t="s">
-        <v>468</v>
-[...2 lines deleted...]
-        <v>127</v>
+        <v>194</v>
       </c>
       <c r="D64" s="14" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E64" s="9"/>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A65" s="37" t="s">
-        <v>101</v>
+        <v>453</v>
       </c>
       <c r="B65" s="14" t="s">
-        <v>161</v>
-[...2 lines deleted...]
-        <v>127</v>
+        <v>454</v>
+      </c>
+      <c r="C65" s="35" t="s">
+        <v>118</v>
       </c>
       <c r="D65" s="14" t="s">
-        <v>272</v>
+        <v>263</v>
       </c>
       <c r="E65" s="9"/>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A66" s="37" t="s">
-        <v>39</v>
+        <v>92</v>
       </c>
       <c r="B66" s="14" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="C66" s="17" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D66" s="14" t="s">
-        <v>273</v>
+        <v>264</v>
       </c>
       <c r="E66" s="9"/>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A67" s="37" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="B67" s="14" t="s">
-        <v>162</v>
+        <v>146</v>
       </c>
       <c r="C67" s="17" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D67" s="14" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="E67" s="9"/>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A68" s="37" t="s">
-        <v>100</v>
+        <v>13</v>
       </c>
       <c r="B68" s="14" t="s">
-        <v>163</v>
+        <v>153</v>
       </c>
       <c r="C68" s="17" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D68" s="14" t="s">
-        <v>274</v>
+        <v>265</v>
       </c>
       <c r="E68" s="9"/>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A69" s="37" t="s">
-        <v>99</v>
+        <v>91</v>
       </c>
       <c r="B69" s="14" t="s">
-        <v>164</v>
+        <v>154</v>
       </c>
       <c r="C69" s="17" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D69" s="14" t="s">
-        <v>419</v>
+        <v>410</v>
       </c>
       <c r="E69" s="9"/>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A70" s="37" t="s">
-        <v>98</v>
+        <v>90</v>
       </c>
       <c r="B70" s="14" t="s">
-        <v>165</v>
+        <v>155</v>
       </c>
       <c r="C70" s="17" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D70" s="14" t="s">
-        <v>275</v>
+        <v>266</v>
       </c>
       <c r="E70" s="9"/>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A71" s="37" t="s">
-        <v>11</v>
+        <v>89</v>
       </c>
       <c r="B71" s="14" t="s">
-        <v>166</v>
+        <v>156</v>
       </c>
       <c r="C71" s="17" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D71" s="14" t="s">
-        <v>276</v>
+        <v>267</v>
       </c>
       <c r="E71" s="9"/>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A72" s="37" t="s">
-        <v>97</v>
+        <v>10</v>
       </c>
       <c r="B72" s="14" t="s">
-        <v>167</v>
+        <v>157</v>
       </c>
       <c r="C72" s="17" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D72" s="14" t="s">
-        <v>277</v>
+        <v>268</v>
       </c>
       <c r="E72" s="9"/>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A73" s="37" t="s">
-        <v>96</v>
+        <v>88</v>
       </c>
       <c r="B73" s="14" t="s">
-        <v>169</v>
+        <v>158</v>
       </c>
       <c r="C73" s="17" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D73" s="14" t="s">
-        <v>278</v>
+        <v>269</v>
       </c>
       <c r="E73" s="9"/>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A74" s="37" t="s">
-        <v>95</v>
+        <v>87</v>
       </c>
       <c r="B74" s="14" t="s">
-        <v>170</v>
+        <v>160</v>
       </c>
       <c r="C74" s="17" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D74" s="14" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="E74" s="9"/>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A75" s="37" t="s">
-        <v>1</v>
+        <v>86</v>
       </c>
       <c r="B75" s="14" t="s">
-        <v>171</v>
+        <v>161</v>
       </c>
       <c r="C75" s="17" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D75" s="14" t="s">
-        <v>279</v>
+        <v>270</v>
       </c>
       <c r="E75" s="9"/>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A76" s="37" t="s">
-        <v>64</v>
+        <v>1</v>
       </c>
       <c r="B76" s="14" t="s">
-        <v>172</v>
+        <v>162</v>
       </c>
       <c r="C76" s="17" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D76" s="14" t="s">
-        <v>280</v>
+        <v>271</v>
       </c>
       <c r="E76" s="9"/>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A77" s="37" t="s">
-        <v>94</v>
+        <v>61</v>
       </c>
       <c r="B77" s="14" t="s">
-        <v>173</v>
+        <v>163</v>
       </c>
       <c r="C77" s="17" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D77" s="14" t="s">
-        <v>281</v>
+        <v>272</v>
       </c>
       <c r="E77" s="9"/>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A78" s="37" t="s">
-        <v>46</v>
+        <v>85</v>
       </c>
       <c r="B78" s="14" t="s">
-        <v>178</v>
+        <v>164</v>
       </c>
       <c r="C78" s="17" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D78" s="14" t="s">
-        <v>282</v>
+        <v>273</v>
       </c>
       <c r="E78" s="9"/>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A79" s="37" t="s">
-        <v>93</v>
+        <v>44</v>
       </c>
       <c r="B79" s="14" t="s">
-        <v>179</v>
+        <v>169</v>
       </c>
       <c r="C79" s="17" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D79" s="14" t="s">
-        <v>283</v>
+        <v>493</v>
       </c>
       <c r="E79" s="9"/>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A80" s="37" t="s">
-        <v>92</v>
+        <v>84</v>
       </c>
       <c r="B80" s="14" t="s">
-        <v>180</v>
+        <v>170</v>
       </c>
       <c r="C80" s="17" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D80" s="14" t="s">
-        <v>284</v>
+        <v>274</v>
       </c>
       <c r="E80" s="9"/>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A81" s="37" t="s">
-        <v>34</v>
+        <v>83</v>
       </c>
       <c r="B81" s="14" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="C81" s="17" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D81" s="14" t="s">
-        <v>285</v>
+        <v>275</v>
       </c>
       <c r="E81" s="9"/>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A82" s="37" t="s">
-        <v>91</v>
+        <v>32</v>
       </c>
       <c r="B82" s="14" t="s">
-        <v>183</v>
+        <v>159</v>
       </c>
       <c r="C82" s="17" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D82" s="14" t="s">
-        <v>42</v>
+        <v>276</v>
       </c>
       <c r="E82" s="9"/>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A83" s="37" t="s">
-        <v>10</v>
+        <v>82</v>
       </c>
       <c r="B83" s="14" t="s">
         <v>174</v>
       </c>
       <c r="C83" s="17" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D83" s="14" t="s">
-        <v>286</v>
+        <v>40</v>
       </c>
       <c r="E83" s="9"/>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A84" s="37" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="B84" s="14" t="s">
-        <v>184</v>
+        <v>165</v>
       </c>
       <c r="C84" s="17" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D84" s="14" t="s">
-        <v>287</v>
+        <v>277</v>
       </c>
       <c r="E84" s="9"/>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A85" s="37" t="s">
-        <v>90</v>
+        <v>28</v>
       </c>
       <c r="B85" s="14" t="s">
         <v>175</v>
       </c>
       <c r="C85" s="17" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D85" s="14" t="s">
-        <v>405</v>
+        <v>278</v>
       </c>
       <c r="E85" s="9"/>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A86" s="37" t="s">
-        <v>89</v>
+        <v>81</v>
       </c>
       <c r="B86" s="14" t="s">
-        <v>185</v>
+        <v>166</v>
       </c>
       <c r="C86" s="17" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D86" s="14" t="s">
-        <v>288</v>
+        <v>396</v>
       </c>
       <c r="E86" s="9"/>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A87" s="37" t="s">
-        <v>109</v>
+        <v>80</v>
       </c>
       <c r="B87" s="14" t="s">
-        <v>148</v>
+        <v>176</v>
       </c>
       <c r="C87" s="17" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D87" s="14" t="s">
-        <v>399</v>
+        <v>279</v>
       </c>
       <c r="E87" s="9"/>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A88" s="37" t="s">
-        <v>33</v>
+        <v>100</v>
       </c>
       <c r="B88" s="14" t="s">
-        <v>176</v>
+        <v>139</v>
       </c>
       <c r="C88" s="17" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D88" s="14" t="s">
-        <v>462</v>
+        <v>390</v>
       </c>
       <c r="E88" s="9"/>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A89" s="37" t="s">
-        <v>23</v>
+        <v>483</v>
       </c>
       <c r="B89" s="14" t="s">
-        <v>177</v>
+        <v>216</v>
       </c>
       <c r="C89" s="17" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D89" s="14" t="s">
-        <v>396</v>
+        <v>449</v>
       </c>
       <c r="E89" s="9"/>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A90" s="37" t="s">
-        <v>190</v>
+        <v>31</v>
       </c>
       <c r="B90" s="14" t="s">
-        <v>142</v>
+        <v>167</v>
       </c>
       <c r="C90" s="17" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D90" s="14" t="s">
-        <v>289</v>
+        <v>387</v>
       </c>
       <c r="E90" s="9"/>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A91" s="37" t="s">
-        <v>88</v>
+        <v>21</v>
       </c>
       <c r="B91" s="14" t="s">
-        <v>191</v>
+        <v>168</v>
       </c>
       <c r="C91" s="17" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D91" s="14" t="s">
-        <v>450</v>
+        <v>280</v>
       </c>
       <c r="E91" s="9"/>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A92" s="37" t="s">
-        <v>192</v>
+        <v>181</v>
       </c>
       <c r="B92" s="14" t="s">
-        <v>187</v>
+        <v>133</v>
       </c>
       <c r="C92" s="17" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D92" s="14" t="s">
-        <v>290</v>
+        <v>437</v>
       </c>
       <c r="E92" s="9"/>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A93" s="37" t="s">
-        <v>87</v>
+        <v>79</v>
       </c>
       <c r="B93" s="14" t="s">
-        <v>188</v>
+        <v>182</v>
       </c>
       <c r="C93" s="17" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D93" s="14" t="s">
-        <v>461</v>
+        <v>281</v>
       </c>
       <c r="E93" s="9"/>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A94" s="37" t="s">
-        <v>86</v>
+        <v>183</v>
       </c>
       <c r="B94" s="14" t="s">
-        <v>189</v>
+        <v>178</v>
       </c>
       <c r="C94" s="17" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D94" s="14" t="s">
-        <v>474</v>
+        <v>448</v>
       </c>
       <c r="E94" s="9"/>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A95" s="37" t="s">
-        <v>16</v>
+        <v>78</v>
       </c>
       <c r="B95" s="14" t="s">
-        <v>194</v>
-[...1 lines deleted...]
-      <c r="C95" s="15"/>
+        <v>179</v>
+      </c>
+      <c r="C95" s="17" t="s">
+        <v>118</v>
+      </c>
       <c r="D95" s="14" t="s">
-        <v>291</v>
+        <v>460</v>
       </c>
       <c r="E95" s="9"/>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A96" s="37" t="s">
-        <v>58</v>
+        <v>77</v>
       </c>
       <c r="B96" s="14" t="s">
-        <v>152</v>
+        <v>180</v>
       </c>
       <c r="C96" s="17" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D96" s="14" t="s">
-        <v>471</v>
+        <v>282</v>
       </c>
       <c r="E96" s="9"/>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A97" s="37" t="s">
-        <v>40</v>
+        <v>15</v>
       </c>
       <c r="B97" s="14" t="s">
-        <v>195</v>
-[...3 lines deleted...]
-      </c>
+        <v>185</v>
+      </c>
+      <c r="C97" s="15"/>
       <c r="D97" s="14" t="s">
-        <v>408</v>
+        <v>457</v>
       </c>
       <c r="E97" s="9"/>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A98" s="37" t="s">
-        <v>48</v>
+        <v>55</v>
       </c>
       <c r="B98" s="14" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="C98" s="17" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D98" s="14" t="s">
-        <v>477</v>
+        <v>399</v>
       </c>
       <c r="E98" s="9"/>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A99" s="37" t="s">
-        <v>19</v>
+        <v>38</v>
       </c>
       <c r="B99" s="14" t="s">
-        <v>148</v>
+        <v>186</v>
       </c>
       <c r="C99" s="17" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D99" s="14" t="s">
-        <v>292</v>
+        <v>463</v>
       </c>
       <c r="E99" s="9"/>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A100" s="37" t="s">
-        <v>496</v>
+        <v>46</v>
       </c>
       <c r="B100" s="14" t="s">
-        <v>489</v>
-[...2 lines deleted...]
-        <v>127</v>
+        <v>135</v>
+      </c>
+      <c r="C100" s="17" t="s">
+        <v>118</v>
       </c>
       <c r="D100" s="14" t="s">
-        <v>293</v>
+        <v>283</v>
       </c>
       <c r="E100" s="9"/>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A101" s="37" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="B101" s="14" t="s">
-        <v>196</v>
+        <v>139</v>
       </c>
       <c r="C101" s="17" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D101" s="14" t="s">
-        <v>294</v>
+        <v>284</v>
       </c>
       <c r="E101" s="9"/>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A102" s="37" t="s">
-        <v>0</v>
+        <v>480</v>
       </c>
       <c r="B102" s="14" t="s">
-        <v>143</v>
-[...2 lines deleted...]
-        <v>127</v>
+        <v>475</v>
+      </c>
+      <c r="C102" s="44" t="s">
+        <v>118</v>
       </c>
       <c r="D102" s="14" t="s">
-        <v>295</v>
+        <v>285</v>
       </c>
       <c r="E102" s="9"/>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A103" s="37" t="s">
-        <v>197</v>
+        <v>11</v>
       </c>
       <c r="B103" s="14" t="s">
-        <v>164</v>
+        <v>187</v>
       </c>
       <c r="C103" s="17" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D103" s="14" t="s">
-        <v>296</v>
+        <v>286</v>
       </c>
       <c r="E103" s="9"/>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A104" s="37" t="s">
-        <v>53</v>
+        <v>0</v>
       </c>
       <c r="B104" s="14" t="s">
-        <v>181</v>
+        <v>134</v>
       </c>
       <c r="C104" s="17" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D104" s="14" t="s">
-        <v>297</v>
+        <v>287</v>
       </c>
       <c r="E104" s="9"/>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A105" s="37" t="s">
-        <v>9</v>
+        <v>188</v>
       </c>
       <c r="B105" s="14" t="s">
-        <v>186</v>
+        <v>155</v>
       </c>
       <c r="C105" s="17" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D105" s="14" t="s">
-        <v>298</v>
+        <v>288</v>
       </c>
       <c r="E105" s="9"/>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A106" s="37" t="s">
-        <v>27</v>
+        <v>50</v>
       </c>
       <c r="B106" s="14" t="s">
-        <v>198</v>
+        <v>172</v>
       </c>
       <c r="C106" s="17" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D106" s="14" t="s">
-        <v>299</v>
+        <v>289</v>
       </c>
       <c r="E106" s="9"/>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A107" s="37" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B107" s="14" t="s">
-        <v>171</v>
+        <v>189</v>
       </c>
       <c r="C107" s="17" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D107" s="14" t="s">
-        <v>300</v>
+        <v>290</v>
       </c>
       <c r="E107" s="9"/>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A108" s="38" t="s">
-        <v>199</v>
+      <c r="A108" s="37" t="s">
+        <v>24</v>
       </c>
       <c r="B108" s="14" t="s">
-        <v>182</v>
+        <v>162</v>
       </c>
       <c r="C108" s="17" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D108" s="14" t="s">
-        <v>301</v>
+        <v>291</v>
       </c>
       <c r="E108" s="9"/>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A109" s="37" t="s">
-        <v>85</v>
+      <c r="A109" s="38" t="s">
+        <v>190</v>
       </c>
       <c r="B109" s="14" t="s">
-        <v>200</v>
+        <v>173</v>
       </c>
       <c r="C109" s="17" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D109" s="14" t="s">
-        <v>302</v>
+        <v>292</v>
       </c>
       <c r="E109" s="9"/>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A110" s="37" t="s">
-        <v>84</v>
+        <v>76</v>
       </c>
       <c r="B110" s="14" t="s">
-        <v>201</v>
+        <v>191</v>
       </c>
       <c r="C110" s="17" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D110" s="14" t="s">
-        <v>303</v>
+        <v>293</v>
       </c>
       <c r="E110" s="9"/>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A111" s="37" t="s">
-        <v>83</v>
+        <v>75</v>
       </c>
       <c r="B111" s="14" t="s">
-        <v>202</v>
+        <v>192</v>
       </c>
       <c r="C111" s="17" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D111" s="14" t="s">
-        <v>484</v>
+        <v>294</v>
       </c>
       <c r="E111" s="9"/>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A112" s="37" t="s">
-        <v>414</v>
+        <v>74</v>
       </c>
       <c r="B112" s="14" t="s">
-        <v>164</v>
+        <v>193</v>
       </c>
       <c r="C112" s="17" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D112" s="14" t="s">
-        <v>304</v>
+        <v>470</v>
       </c>
       <c r="E112" s="9"/>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A113" s="37" t="s">
-        <v>82</v>
+        <v>405</v>
       </c>
       <c r="B113" s="14" t="s">
-        <v>203</v>
+        <v>155</v>
       </c>
       <c r="C113" s="17" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D113" s="14" t="s">
-        <v>305</v>
+        <v>295</v>
       </c>
       <c r="E113" s="9"/>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A114" s="37" t="s">
-        <v>41</v>
+        <v>73</v>
       </c>
       <c r="B114" s="14" t="s">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="C114" s="15"/>
+        <v>194</v>
+      </c>
+      <c r="C114" s="17" t="s">
+        <v>118</v>
+      </c>
       <c r="D114" s="14" t="s">
-        <v>306</v>
+        <v>296</v>
       </c>
       <c r="E114" s="9"/>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A115" s="37" t="s">
-        <v>81</v>
+        <v>39</v>
       </c>
       <c r="B115" s="14" t="s">
-        <v>129</v>
-[...3 lines deleted...]
-      </c>
+        <v>116</v>
+      </c>
+      <c r="C115" s="15"/>
       <c r="D115" s="14" t="s">
-        <v>307</v>
+        <v>297</v>
       </c>
       <c r="E115" s="9"/>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A116" s="37" t="s">
-        <v>80</v>
+        <v>72</v>
       </c>
       <c r="B116" s="14" t="s">
-        <v>204</v>
-[...5 lines deleted...]
-        <v>389</v>
+        <v>120</v>
+      </c>
+      <c r="C116" s="16" t="s">
+        <v>118</v>
+      </c>
+      <c r="D116" s="14" t="s">
+        <v>495</v>
       </c>
       <c r="E116" s="9"/>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A117" s="37" t="s">
-        <v>79</v>
+        <v>71</v>
       </c>
       <c r="B117" s="14" t="s">
-        <v>205</v>
+        <v>195</v>
       </c>
       <c r="C117" s="17" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D117" s="14" t="s">
-        <v>308</v>
+        <v>298</v>
       </c>
       <c r="E117" s="9"/>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A118" s="37" t="s">
-        <v>45</v>
+        <v>70</v>
       </c>
       <c r="B118" s="14" t="s">
-        <v>206</v>
+        <v>196</v>
       </c>
       <c r="C118" s="17" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-        <v>309</v>
+        <v>118</v>
+      </c>
+      <c r="D118" s="19" t="s">
+        <v>380</v>
       </c>
       <c r="E118" s="9"/>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A119" s="37" t="s">
-        <v>78</v>
+        <v>43</v>
       </c>
       <c r="B119" s="14" t="s">
-        <v>207</v>
+        <v>197</v>
       </c>
       <c r="C119" s="17" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D119" s="14" t="s">
-        <v>397</v>
+        <v>299</v>
       </c>
       <c r="E119" s="9"/>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A120" s="37" t="s">
-        <v>17</v>
+        <v>69</v>
       </c>
       <c r="B120" s="14" t="s">
-        <v>125</v>
+        <v>198</v>
       </c>
       <c r="C120" s="17" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D120" s="14" t="s">
-        <v>395</v>
+        <v>300</v>
       </c>
       <c r="E120" s="9"/>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A121" s="37" t="s">
-        <v>77</v>
+        <v>16</v>
       </c>
       <c r="B121" s="14" t="s">
-        <v>208</v>
+        <v>116</v>
       </c>
       <c r="C121" s="17" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D121" s="14" t="s">
-        <v>310</v>
+        <v>388</v>
       </c>
       <c r="E121" s="9"/>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A122" s="37" t="s">
-        <v>76</v>
+        <v>486</v>
       </c>
       <c r="B122" s="14" t="s">
-        <v>209</v>
+        <v>199</v>
       </c>
       <c r="C122" s="17" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D122" s="14" t="s">
-        <v>311</v>
+        <v>386</v>
       </c>
       <c r="E122" s="9"/>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A123" s="37" t="s">
-        <v>21</v>
+        <v>485</v>
       </c>
       <c r="B123" s="14" t="s">
-        <v>147</v>
+        <v>200</v>
       </c>
       <c r="C123" s="17" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D123" s="14" t="s">
-        <v>92</v>
+        <v>301</v>
       </c>
       <c r="E123" s="9"/>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A124" s="37" t="s">
-        <v>75</v>
+        <v>491</v>
       </c>
       <c r="B124" s="14" t="s">
-        <v>210</v>
+        <v>177</v>
       </c>
       <c r="C124" s="17" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D124" s="14" t="s">
-        <v>312</v>
+        <v>302</v>
       </c>
       <c r="E124" s="9"/>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A125" s="37" t="s">
-        <v>5</v>
+        <v>484</v>
       </c>
       <c r="B125" s="14" t="s">
-        <v>211</v>
+        <v>138</v>
       </c>
       <c r="C125" s="17" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D125" s="14" t="s">
-        <v>313</v>
+        <v>83</v>
       </c>
       <c r="E125" s="9"/>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A126" s="37" t="s">
-        <v>52</v>
+        <v>487</v>
       </c>
       <c r="B126" s="14" t="s">
-        <v>146</v>
+        <v>201</v>
       </c>
       <c r="C126" s="17" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D126" s="14" t="s">
-        <v>314</v>
+        <v>303</v>
       </c>
       <c r="E126" s="9"/>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A127" s="37" t="s">
-        <v>74</v>
+        <v>5</v>
       </c>
       <c r="B127" s="14" t="s">
-        <v>212</v>
+        <v>202</v>
       </c>
       <c r="C127" s="17" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D127" s="14" t="s">
-        <v>315</v>
+        <v>304</v>
       </c>
       <c r="E127" s="9"/>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A128" s="37" t="s">
-        <v>73</v>
+        <v>488</v>
       </c>
       <c r="B128" s="14" t="s">
-        <v>213</v>
+        <v>137</v>
       </c>
       <c r="C128" s="17" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D128" s="14" t="s">
-        <v>404</v>
+        <v>305</v>
       </c>
       <c r="E128" s="9"/>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A129" s="37" t="s">
-        <v>215</v>
+        <v>489</v>
       </c>
       <c r="B129" s="14" t="s">
-        <v>214</v>
+        <v>203</v>
       </c>
       <c r="C129" s="17" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D129" s="14" t="s">
-        <v>316</v>
+        <v>306</v>
       </c>
       <c r="E129" s="9"/>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A130" s="37" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="B130" s="14" t="s">
-        <v>216</v>
-[...1 lines deleted...]
-      <c r="C130" s="15"/>
+        <v>204</v>
+      </c>
+      <c r="C130" s="17" t="s">
+        <v>118</v>
+      </c>
       <c r="D130" s="14" t="s">
-        <v>317</v>
+        <v>395</v>
       </c>
       <c r="E130" s="9"/>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A131" s="37" t="s">
-        <v>7</v>
+        <v>206</v>
       </c>
       <c r="B131" s="14" t="s">
-        <v>217</v>
+        <v>205</v>
       </c>
       <c r="C131" s="17" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D131" s="14" t="s">
-        <v>472</v>
+        <v>307</v>
       </c>
       <c r="E131" s="9"/>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A132" s="37" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="B132" s="14" t="s">
-        <v>218</v>
-[...3 lines deleted...]
-      </c>
+        <v>207</v>
+      </c>
+      <c r="C132" s="15"/>
       <c r="D132" s="14" t="s">
-        <v>318</v>
+        <v>308</v>
       </c>
       <c r="E132" s="9"/>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A133" s="37" t="s">
-        <v>29</v>
+        <v>7</v>
       </c>
       <c r="B133" s="14" t="s">
-        <v>219</v>
+        <v>208</v>
       </c>
       <c r="C133" s="17" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D133" s="14" t="s">
-        <v>482</v>
+        <v>458</v>
       </c>
       <c r="E133" s="9"/>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A134" s="37" t="s">
-        <v>36</v>
+        <v>490</v>
       </c>
       <c r="B134" s="14" t="s">
-        <v>220</v>
+        <v>209</v>
       </c>
       <c r="C134" s="17" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D134" s="14" t="s">
-        <v>319</v>
+        <v>309</v>
       </c>
       <c r="E134" s="9"/>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A135" s="37" t="s">
-        <v>70</v>
+        <v>27</v>
       </c>
       <c r="B135" s="14" t="s">
-        <v>221</v>
+        <v>210</v>
       </c>
       <c r="C135" s="17" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D135" s="14" t="s">
-        <v>320</v>
+        <v>468</v>
       </c>
       <c r="E135" s="9"/>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A136" s="37" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="B136" s="14" t="s">
-        <v>222</v>
+        <v>211</v>
       </c>
       <c r="C136" s="17" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D136" s="14" t="s">
-        <v>321</v>
+        <v>310</v>
       </c>
       <c r="E136" s="9"/>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A137" s="37" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="B137" s="14" t="s">
-        <v>223</v>
+        <v>212</v>
       </c>
       <c r="C137" s="17" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D137" s="14" t="s">
-        <v>322</v>
+        <v>311</v>
       </c>
       <c r="E137" s="9"/>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A138" s="37" t="s">
-        <v>69</v>
+        <v>36</v>
       </c>
       <c r="B138" s="14" t="s">
-        <v>224</v>
+        <v>213</v>
       </c>
       <c r="C138" s="17" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D138" s="14" t="s">
-        <v>323</v>
+        <v>312</v>
       </c>
       <c r="E138" s="9"/>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A139" s="37" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="B139" s="14" t="s">
-        <v>225</v>
+        <v>214</v>
       </c>
       <c r="C139" s="17" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D139" s="14" t="s">
-        <v>324</v>
+        <v>313</v>
       </c>
       <c r="E139" s="9"/>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A140" s="37" t="s">
-        <v>445</v>
+        <v>65</v>
       </c>
       <c r="B140" s="14" t="s">
-        <v>187</v>
-[...1 lines deleted...]
-      <c r="C140" s="15"/>
+        <v>215</v>
+      </c>
+      <c r="C140" s="17" t="s">
+        <v>118</v>
+      </c>
       <c r="D140" s="14" t="s">
-        <v>325</v>
+        <v>314</v>
       </c>
       <c r="E140" s="9"/>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A141" s="37" t="s">
-        <v>403</v>
+        <v>434</v>
       </c>
       <c r="B141" s="14" t="s">
-        <v>226</v>
-[...3 lines deleted...]
-      </c>
+        <v>178</v>
+      </c>
+      <c r="C141" s="15"/>
       <c r="D141" s="14" t="s">
-        <v>326</v>
+        <v>315</v>
       </c>
       <c r="E141" s="9"/>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A142" s="37" t="s">
-        <v>66</v>
+        <v>394</v>
       </c>
       <c r="B142" s="14" t="s">
-        <v>227</v>
-[...2 lines deleted...]
-        <v>127</v>
+        <v>217</v>
+      </c>
+      <c r="C142" s="17" t="s">
+        <v>118</v>
       </c>
       <c r="D142" s="14" t="s">
-        <v>327</v>
+        <v>316</v>
       </c>
       <c r="E142" s="9"/>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A143" s="37" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="B143" s="14" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-        <v>127</v>
+        <v>218</v>
+      </c>
+      <c r="C143" s="30" t="s">
+        <v>118</v>
       </c>
       <c r="D143" s="14" t="s">
-        <v>406</v>
+        <v>317</v>
       </c>
       <c r="E143" s="9"/>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A144" s="37" t="s">
-        <v>25</v>
+        <v>62</v>
       </c>
       <c r="B144" s="14" t="s">
-        <v>228</v>
+        <v>150</v>
       </c>
       <c r="C144" s="17" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D144" s="14" t="s">
-        <v>407</v>
+        <v>318</v>
       </c>
       <c r="E144" s="9"/>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A145" s="37" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="B145" s="14" t="s">
-        <v>188</v>
+        <v>219</v>
       </c>
       <c r="C145" s="17" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D145" s="14" t="s">
-        <v>328</v>
+        <v>397</v>
       </c>
       <c r="E145" s="9"/>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A146" s="37" t="s">
-        <v>51</v>
+        <v>14</v>
       </c>
       <c r="B146" s="14" t="s">
-        <v>229</v>
+        <v>179</v>
       </c>
       <c r="C146" s="17" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D146" s="14" t="s">
-        <v>415</v>
+        <v>398</v>
       </c>
       <c r="E146" s="9"/>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A147" s="37" t="s">
-        <v>478</v>
+        <v>49</v>
       </c>
       <c r="B147" s="14" t="s">
-        <v>230</v>
-[...1 lines deleted...]
-      <c r="C147" s="15"/>
+        <v>220</v>
+      </c>
+      <c r="C147" s="17" t="s">
+        <v>118</v>
+      </c>
       <c r="D147" s="14" t="s">
-        <v>398</v>
+        <v>319</v>
       </c>
       <c r="E147" s="9"/>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A148" s="37" t="s">
-        <v>2</v>
+        <v>464</v>
       </c>
       <c r="B148" s="14" t="s">
-        <v>130</v>
-[...3 lines deleted...]
-      </c>
+        <v>221</v>
+      </c>
+      <c r="C148" s="15"/>
       <c r="D148" s="14" t="s">
-        <v>329</v>
+        <v>406</v>
       </c>
       <c r="E148" s="9"/>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A149" s="37" t="s">
-        <v>54</v>
+        <v>2</v>
       </c>
       <c r="B149" s="14" t="s">
-        <v>231</v>
+        <v>121</v>
       </c>
       <c r="C149" s="17" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D149" s="14" t="s">
-        <v>330</v>
+        <v>389</v>
       </c>
       <c r="E149" s="9"/>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A150" s="37" t="s">
-        <v>497</v>
+        <v>51</v>
       </c>
       <c r="B150" s="14" t="s">
-        <v>232</v>
-[...1 lines deleted...]
-      <c r="C150" s="15"/>
+        <v>222</v>
+      </c>
+      <c r="C150" s="17" t="s">
+        <v>118</v>
+      </c>
       <c r="D150" s="14" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="E150" s="9"/>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A151" s="37" t="s">
-        <v>473</v>
+        <v>481</v>
       </c>
       <c r="B151" s="14" t="s">
-        <v>188</v>
-      </c>
+        <v>223</v>
+      </c>
+      <c r="C151" s="15"/>
       <c r="D151" s="14" t="s">
-        <v>332</v>
+        <v>321</v>
       </c>
       <c r="E151" s="9"/>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A152" s="37" t="s">
-        <v>115</v>
+        <v>459</v>
       </c>
       <c r="B152" s="14" t="s">
-        <v>233</v>
-[...2 lines deleted...]
-        <v>127</v>
+        <v>179</v>
       </c>
       <c r="D152" s="14" t="s">
-        <v>333</v>
+        <v>322</v>
       </c>
       <c r="E152" s="9"/>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A153" s="37" t="s">
-        <v>469</v>
+        <v>106</v>
       </c>
       <c r="B153" s="14" t="s">
-        <v>200</v>
-[...2 lines deleted...]
-        <v>127</v>
+        <v>224</v>
+      </c>
+      <c r="C153" s="17" t="s">
+        <v>118</v>
       </c>
       <c r="D153" s="14" t="s">
-        <v>334</v>
+        <v>323</v>
       </c>
       <c r="E153" s="9"/>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A154" s="37" t="s">
-        <v>35</v>
+        <v>455</v>
       </c>
       <c r="B154" s="14" t="s">
-        <v>234</v>
-[...2 lines deleted...]
-        <v>127</v>
+        <v>191</v>
+      </c>
+      <c r="C154" s="40" t="s">
+        <v>118</v>
       </c>
       <c r="D154" s="14" t="s">
-        <v>335</v>
+        <v>324</v>
       </c>
       <c r="E154" s="9"/>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A155" s="37" t="s">
-        <v>446</v>
+        <v>33</v>
       </c>
       <c r="B155" s="14" t="s">
-        <v>447</v>
+        <v>225</v>
+      </c>
+      <c r="C155" s="17" t="s">
+        <v>118</v>
       </c>
       <c r="D155" s="14" t="s">
-        <v>423</v>
+        <v>325</v>
       </c>
       <c r="E155" s="9"/>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A156" s="37" t="s">
-        <v>449</v>
+        <v>436</v>
       </c>
       <c r="B156" s="14" t="s">
-        <v>130</v>
+        <v>121</v>
       </c>
       <c r="C156" s="17" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D156" s="14" t="s">
-        <v>336</v>
+        <v>326</v>
       </c>
       <c r="E156" s="9"/>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A157" s="37" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="B157" s="14" t="s">
-        <v>191</v>
+        <v>182</v>
       </c>
       <c r="C157" s="45" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D157" s="14" t="s">
-        <v>337</v>
+        <v>414</v>
       </c>
       <c r="E157" s="9"/>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A158" s="37" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="B158" s="14" t="s">
-        <v>200</v>
+        <v>191</v>
       </c>
       <c r="C158" s="17" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D158" s="14" t="s">
-        <v>338</v>
+        <v>327</v>
       </c>
       <c r="E158" s="9"/>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A159" s="37" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="B159" s="14" t="s">
-        <v>133</v>
+        <v>124</v>
       </c>
       <c r="C159" s="17" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D159" s="14" t="s">
-        <v>339</v>
+        <v>328</v>
       </c>
       <c r="E159" s="9"/>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A160" s="37" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="B160" s="14" t="s">
-        <v>235</v>
+        <v>226</v>
       </c>
       <c r="C160" s="17" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D160" s="14" t="s">
-        <v>340</v>
+        <v>329</v>
       </c>
       <c r="E160" s="9"/>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A161" s="37" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="B161" s="14" t="s">
-        <v>236</v>
+        <v>227</v>
       </c>
       <c r="C161" s="17" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D161" s="14" t="s">
-        <v>341</v>
+        <v>330</v>
       </c>
       <c r="E161" s="9"/>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A162" s="37" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="B162" s="14" t="s">
-        <v>237</v>
+        <v>228</v>
       </c>
       <c r="C162" s="17" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D162" s="14" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="E162" s="9"/>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A163" s="37" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="B163" s="14" t="s">
-        <v>238</v>
+        <v>229</v>
       </c>
       <c r="C163" s="15"/>
       <c r="D163" s="14" t="s">
-        <v>409</v>
+        <v>332</v>
       </c>
       <c r="E163" s="9"/>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A164" s="39" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="B164" s="20" t="s">
-        <v>239</v>
+        <v>230</v>
       </c>
       <c r="C164" s="21" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D164" s="14" t="s">
-        <v>410</v>
+        <v>333</v>
       </c>
       <c r="E164" s="9"/>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.3">
       <c r="D165" s="14" t="s">
-        <v>343</v>
+        <v>400</v>
       </c>
       <c r="E165" s="9"/>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A166" s="22"/>
       <c r="B166" s="22"/>
       <c r="C166" s="18"/>
       <c r="D166" s="14" t="s">
-        <v>344</v>
+        <v>401</v>
       </c>
       <c r="E166" s="9"/>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.3">
       <c r="D167" s="14" t="s">
-        <v>345</v>
+        <v>334</v>
       </c>
       <c r="E167" s="9"/>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A168" s="22"/>
       <c r="B168" s="22"/>
       <c r="C168" s="18"/>
       <c r="D168" s="14" t="s">
-        <v>346</v>
+        <v>335</v>
       </c>
       <c r="E168" s="9"/>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A169" s="22"/>
       <c r="B169" s="22"/>
       <c r="C169" s="18"/>
       <c r="D169" s="14" t="s">
-        <v>347</v>
+        <v>336</v>
       </c>
       <c r="E169" s="9"/>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A170" s="22"/>
       <c r="B170" s="22"/>
       <c r="C170" s="18"/>
       <c r="D170" s="14" t="s">
-        <v>348</v>
+        <v>337</v>
       </c>
       <c r="E170" s="9"/>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A171" s="22"/>
       <c r="B171" s="22"/>
       <c r="C171" s="18"/>
       <c r="D171" s="14" t="s">
-        <v>349</v>
+        <v>338</v>
       </c>
       <c r="E171" s="9"/>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A172" s="22"/>
       <c r="B172" s="22"/>
       <c r="C172" s="18"/>
       <c r="D172" s="14" t="s">
-        <v>350</v>
+        <v>339</v>
       </c>
       <c r="E172" s="9"/>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A173" s="22"/>
       <c r="B173" s="22"/>
       <c r="C173" s="18"/>
       <c r="D173" s="14" t="s">
-        <v>351</v>
+        <v>340</v>
       </c>
       <c r="E173" s="9"/>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A174" s="22"/>
       <c r="B174" s="22"/>
       <c r="C174" s="18"/>
       <c r="D174" s="14" t="s">
-        <v>352</v>
+        <v>341</v>
       </c>
       <c r="E174" s="9"/>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A175" s="22"/>
       <c r="B175" s="22"/>
       <c r="C175" s="18"/>
       <c r="D175" s="14" t="s">
-        <v>353</v>
+        <v>342</v>
       </c>
       <c r="E175" s="9"/>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A176" s="22"/>
       <c r="B176" s="22"/>
       <c r="C176" s="18"/>
       <c r="D176" s="14" t="s">
-        <v>354</v>
+        <v>343</v>
       </c>
       <c r="E176" s="9"/>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A177" s="22"/>
       <c r="B177" s="22"/>
       <c r="C177" s="18"/>
       <c r="D177" s="14" t="s">
-        <v>355</v>
+        <v>344</v>
       </c>
       <c r="E177" s="9"/>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A178" s="22"/>
       <c r="B178" s="22"/>
       <c r="C178" s="18"/>
       <c r="D178" s="14" t="s">
-        <v>356</v>
+        <v>345</v>
       </c>
       <c r="E178" s="9"/>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A179" s="22"/>
       <c r="B179" s="22"/>
       <c r="C179" s="18"/>
       <c r="D179" s="14" t="s">
-        <v>357</v>
+        <v>346</v>
       </c>
       <c r="E179" s="9"/>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A180" s="22"/>
       <c r="B180" s="22"/>
       <c r="C180" s="18"/>
       <c r="D180" s="14" t="s">
-        <v>358</v>
+        <v>347</v>
       </c>
       <c r="E180" s="9"/>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A181" s="22"/>
       <c r="B181" s="22"/>
       <c r="C181" s="18"/>
       <c r="D181" s="14" t="s">
-        <v>359</v>
+        <v>348</v>
       </c>
       <c r="E181" s="9"/>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A182" s="22"/>
       <c r="B182" s="22"/>
       <c r="C182" s="18"/>
       <c r="D182" s="14" t="s">
-        <v>360</v>
+        <v>349</v>
       </c>
       <c r="E182" s="9"/>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A183" s="22"/>
       <c r="B183" s="22"/>
       <c r="C183" s="18"/>
       <c r="D183" s="14" t="s">
-        <v>361</v>
+        <v>350</v>
       </c>
       <c r="E183" s="9"/>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A184" s="22"/>
       <c r="B184" s="22"/>
       <c r="C184" s="18"/>
       <c r="D184" s="14" t="s">
-        <v>362</v>
+        <v>351</v>
       </c>
       <c r="E184" s="9"/>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A185" s="22"/>
       <c r="B185" s="22"/>
       <c r="C185" s="18"/>
       <c r="D185" s="14" t="s">
-        <v>363</v>
+        <v>352</v>
       </c>
       <c r="E185" s="9"/>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A186" s="22"/>
       <c r="B186" s="22"/>
       <c r="C186" s="18"/>
       <c r="D186" s="14" t="s">
-        <v>364</v>
+        <v>353</v>
       </c>
       <c r="E186" s="9"/>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A187" s="22"/>
       <c r="B187" s="22"/>
       <c r="C187" s="18"/>
       <c r="D187" s="14" t="s">
-        <v>365</v>
+        <v>354</v>
       </c>
       <c r="E187" s="9"/>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A188" s="22"/>
       <c r="B188" s="22"/>
       <c r="C188" s="18"/>
       <c r="D188" s="14" t="s">
-        <v>366</v>
+        <v>355</v>
       </c>
       <c r="E188" s="9"/>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A189" s="22"/>
       <c r="B189" s="22"/>
       <c r="C189" s="18"/>
       <c r="D189" s="14" t="s">
-        <v>426</v>
+        <v>356</v>
       </c>
       <c r="E189" s="9"/>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A190" s="22"/>
       <c r="B190" s="22"/>
       <c r="C190" s="18"/>
       <c r="D190" s="14" t="s">
-        <v>411</v>
+        <v>357</v>
       </c>
       <c r="E190" s="9"/>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A191" s="22"/>
       <c r="B191" s="22"/>
       <c r="C191" s="18"/>
       <c r="D191" s="14" t="s">
         <v>402</v>
       </c>
       <c r="E191" s="9"/>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A192" s="22"/>
       <c r="B192" s="22"/>
       <c r="C192" s="18"/>
       <c r="D192" s="14" t="s">
-        <v>367</v>
+        <v>393</v>
       </c>
       <c r="E192" s="9"/>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A193" s="22"/>
       <c r="B193" s="22"/>
       <c r="C193" s="18"/>
       <c r="D193" s="14" t="s">
-        <v>368</v>
+        <v>358</v>
       </c>
       <c r="E193" s="9"/>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A194" s="22"/>
       <c r="B194" s="22"/>
       <c r="C194" s="18"/>
       <c r="D194" s="14" t="s">
-        <v>369</v>
+        <v>359</v>
       </c>
       <c r="E194" s="9"/>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A195" s="22"/>
       <c r="B195" s="22"/>
       <c r="C195" s="18"/>
       <c r="D195" s="14" t="s">
-        <v>28</v>
+        <v>360</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A196" s="22"/>
       <c r="B196" s="22"/>
       <c r="C196" s="18"/>
       <c r="D196" s="14" t="s">
-        <v>370</v>
+        <v>26</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A197" s="22"/>
       <c r="B197" s="22"/>
       <c r="C197" s="18"/>
       <c r="D197" s="14" t="s">
-        <v>41</v>
+        <v>361</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A198" s="22"/>
       <c r="B198" s="22"/>
       <c r="C198" s="18"/>
-      <c r="D198" s="19" t="s">
-        <v>390</v>
+      <c r="D198" s="14" t="s">
+        <v>39</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A199" s="22"/>
       <c r="B199" s="22"/>
       <c r="C199" s="18"/>
-      <c r="D199" s="14" t="s">
-        <v>18</v>
+      <c r="D199" s="19" t="s">
+        <v>381</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.3">
       <c r="D200" s="14" t="s">
-        <v>371</v>
+        <v>17</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.3">
       <c r="D201" s="14" t="s">
-        <v>2</v>
+        <v>362</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.3">
       <c r="D202" s="14" t="s">
-        <v>372</v>
+        <v>2</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.3">
       <c r="D203" s="14" t="s">
-        <v>373</v>
+        <v>363</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.3">
       <c r="D204" s="14" t="s">
-        <v>424</v>
+        <v>496</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.3">
       <c r="D205" s="14" t="s">
-        <v>374</v>
+        <v>364</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.3">
       <c r="D206" s="14" t="s">
-        <v>491</v>
+        <v>415</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.3">
       <c r="D207" s="14" t="s">
-        <v>375</v>
+        <v>365</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.3">
       <c r="D208" s="14" t="s">
-        <v>393</v>
+        <v>476</v>
       </c>
     </row>
     <row r="209" spans="4:4" x14ac:dyDescent="0.3">
       <c r="D209" s="14" t="s">
-        <v>394</v>
+        <v>366</v>
       </c>
     </row>
     <row r="210" spans="4:4" x14ac:dyDescent="0.3">
       <c r="D210" s="14" t="s">
-        <v>376</v>
+        <v>384</v>
       </c>
     </row>
     <row r="211" spans="4:4" x14ac:dyDescent="0.3">
       <c r="D211" s="14" t="s">
-        <v>377</v>
+        <v>385</v>
       </c>
     </row>
     <row r="212" spans="4:4" x14ac:dyDescent="0.3">
       <c r="D212" s="14" t="s">
-        <v>378</v>
+        <v>367</v>
       </c>
     </row>
     <row r="213" spans="4:4" x14ac:dyDescent="0.3">
       <c r="D213" s="14" t="s">
-        <v>418</v>
+        <v>368</v>
       </c>
     </row>
     <row r="214" spans="4:4" x14ac:dyDescent="0.3">
       <c r="D214" s="14" t="s">
-        <v>379</v>
+        <v>369</v>
       </c>
     </row>
     <row r="215" spans="4:4" x14ac:dyDescent="0.3">
       <c r="D215" s="14" t="s">
-        <v>380</v>
+        <v>409</v>
       </c>
     </row>
     <row r="216" spans="4:4" x14ac:dyDescent="0.3">
       <c r="D216" s="14" t="s">
-        <v>381</v>
+        <v>370</v>
       </c>
     </row>
     <row r="217" spans="4:4" x14ac:dyDescent="0.3">
       <c r="D217" s="14" t="s">
-        <v>382</v>
+        <v>371</v>
       </c>
     </row>
     <row r="218" spans="4:4" x14ac:dyDescent="0.3">
       <c r="D218" s="14" t="s">
-        <v>383</v>
+        <v>372</v>
       </c>
     </row>
     <row r="219" spans="4:4" x14ac:dyDescent="0.3">
       <c r="D219" s="14" t="s">
-        <v>31</v>
+        <v>373</v>
       </c>
     </row>
     <row r="220" spans="4:4" x14ac:dyDescent="0.3">
       <c r="D220" s="14" t="s">
-        <v>433</v>
+        <v>374</v>
       </c>
     </row>
     <row r="221" spans="4:4" x14ac:dyDescent="0.3">
       <c r="D221" s="14" t="s">
-        <v>384</v>
+        <v>29</v>
       </c>
     </row>
     <row r="222" spans="4:4" x14ac:dyDescent="0.3">
       <c r="D222" s="14" t="s">
-        <v>483</v>
+        <v>375</v>
       </c>
     </row>
     <row r="223" spans="4:4" x14ac:dyDescent="0.3">
       <c r="D223" s="14" t="s">
-        <v>458</v>
+        <v>469</v>
       </c>
     </row>
     <row r="224" spans="4:4" x14ac:dyDescent="0.3">
       <c r="D224" s="14" t="s">
-        <v>459</v>
+        <v>445</v>
       </c>
     </row>
     <row r="225" spans="4:4" x14ac:dyDescent="0.3">
       <c r="D225" s="14" t="s">
-        <v>43</v>
+        <v>446</v>
       </c>
     </row>
     <row r="226" spans="4:4" x14ac:dyDescent="0.3">
       <c r="D226" s="14" t="s">
-        <v>457</v>
+        <v>41</v>
       </c>
     </row>
     <row r="227" spans="4:4" x14ac:dyDescent="0.3">
       <c r="D227" s="14" t="s">
-        <v>385</v>
+        <v>444</v>
       </c>
     </row>
     <row r="228" spans="4:4" x14ac:dyDescent="0.3">
       <c r="D228" s="14" t="s">
-        <v>485</v>
+        <v>376</v>
       </c>
     </row>
     <row r="229" spans="4:4" x14ac:dyDescent="0.3">
       <c r="D229" s="14" t="s">
-        <v>386</v>
+        <v>471</v>
       </c>
     </row>
     <row r="230" spans="4:4" x14ac:dyDescent="0.3">
       <c r="D230" s="14" t="s">
-        <v>387</v>
+        <v>377</v>
       </c>
     </row>
     <row r="231" spans="4:4" x14ac:dyDescent="0.3">
       <c r="D231" s="14" t="s">
-        <v>388</v>
+        <v>378</v>
+      </c>
+    </row>
+    <row r="232" spans="4:4" x14ac:dyDescent="0.3">
+      <c r="D232" s="14" t="s">
+        <v>379</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A7:D207" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A8:D144">
     <sortCondition ref="A7:A144"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Werkbladen</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>