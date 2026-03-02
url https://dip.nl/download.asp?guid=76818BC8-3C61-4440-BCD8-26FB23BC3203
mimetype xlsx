--- v2 (2026-01-16)
+++ v3 (2026-03-02)
@@ -1,84 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\seque\Documents\Sequenna DIP\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B42B69B2-66D5-405D-BE14-CE513B4EA32E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8AB1590E-4365-4957-A8A2-8A3144C8AC95}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet0" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet0!$A$7:$D$207</definedName>
     <definedName name="_Hlk156913590" localSheetId="0">Sheet0!$C$17</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
+  <fileRecoveryPr repairLoad="1"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="684" uniqueCount="500">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="683" uniqueCount="500">
   <si>
     <t>Stichting MIMIK</t>
   </si>
   <si>
     <t>Schouwburg Amstelveen</t>
   </si>
   <si>
     <t>Theater Rotterdam</t>
   </si>
   <si>
     <t>Bijlmer Parktheater</t>
   </si>
   <si>
     <t>Markant Theater Maashorst</t>
   </si>
   <si>
     <t>Theater de Omval</t>
   </si>
   <si>
     <t>Fulco Theater</t>
   </si>
   <si>
     <t>Theater de Storm</t>
   </si>
   <si>
@@ -766,53 +767,50 @@
     <t>Bunker Theaterzaken</t>
   </si>
   <si>
     <t>Bureau Berbee &amp; Jansen</t>
   </si>
   <si>
     <t>Buro-Stek</t>
   </si>
   <si>
     <t>Cello Octet Amsterdam</t>
   </si>
   <si>
     <t>Cook a Dream B.V.</t>
   </si>
   <si>
     <t>Dansateliers</t>
   </si>
   <si>
     <t>Danstheater AYA</t>
   </si>
   <si>
     <t>De Dansers</t>
   </si>
   <si>
     <t>De Efteling B.V.</t>
-  </si>
-[...1 lines deleted...]
-    <t>De Gemeenschap</t>
   </si>
   <si>
     <t>De Keet</t>
   </si>
   <si>
     <t>De Theater BV</t>
   </si>
   <si>
     <t>De Toneelmakerij</t>
   </si>
   <si>
     <t>De Veenfabriek</t>
   </si>
   <si>
     <t>De Warme Winkel</t>
   </si>
   <si>
     <t>De Zee Theaterproducties</t>
   </si>
   <si>
     <t>Dood Paard</t>
   </si>
   <si>
     <t>DOX</t>
   </si>
@@ -1380,53 +1378,50 @@
   <si>
     <t>Acteursgroep Wunderbaum</t>
   </si>
   <si>
     <t>Theater Het Badhuis</t>
   </si>
   <si>
     <t>Buro Bannink</t>
   </si>
   <si>
     <t>Theater Zuidplein</t>
   </si>
   <si>
     <t>MANCO Bewegingstheater</t>
   </si>
   <si>
     <t xml:space="preserve">De Tamboer </t>
   </si>
   <si>
     <t>But What About</t>
   </si>
   <si>
     <t>&amp;Brakema Producties</t>
   </si>
   <si>
-    <t>De Rob en Joep BV</t>
-[...1 lines deleted...]
-  <si>
     <t>Likeminds Theater</t>
   </si>
   <si>
     <t xml:space="preserve">Anders Productions </t>
   </si>
   <si>
     <t>Wabi Sabi Theater</t>
   </si>
   <si>
     <t>Van Hoorne Entertainment</t>
   </si>
   <si>
     <t>Vanaf2</t>
   </si>
   <si>
     <t>Dawn Collective</t>
   </si>
   <si>
     <t>Maya Fridman Foundation</t>
   </si>
   <si>
     <t>Lloydscompany</t>
   </si>
   <si>
     <t>De Correspondent</t>
@@ -1563,78 +1558,84 @@
   <si>
     <t>Theater de Lampegiet</t>
   </si>
   <si>
     <t>Theater de Maagd</t>
   </si>
   <si>
     <t>Theater de Oranjerie</t>
   </si>
   <si>
     <t>Theater de Purmaryn</t>
   </si>
   <si>
     <t>Theater de Vest</t>
   </si>
   <si>
     <t>Theater De Lievekamp</t>
   </si>
   <si>
     <t>s-Heerenberg</t>
   </si>
   <si>
     <t>KASSETT</t>
   </si>
   <si>
+    <t>Percossa</t>
+  </si>
+  <si>
+    <t>Theater Terra</t>
+  </si>
+  <si>
+    <t>Antiklimax</t>
+  </si>
+  <si>
+    <t xml:space="preserve">De Kleine Komedie </t>
+  </si>
+  <si>
+    <t>RAAF Muziektheater</t>
+  </si>
+  <si>
     <r>
       <t xml:space="preserve">Impresariaten / producenten </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FF031E73"/>
         <rFont val="Calibri Light"/>
         <family val="2"/>
         <scheme val="major"/>
       </rPr>
       <t>(225 totaal)</t>
     </r>
   </si>
   <si>
-    <t>Percossa</t>
-[...11 lines deleted...]
-    <t xml:space="preserve">    Geüpdatet 13 janauri 2026</t>
+    <t xml:space="preserve">    Nieuwe aanmeldingen sinds 1 augustus: RAAF Muziektheater, Antiklimax, De Kleine Komedie, Theater Terra, Percossa, KASSETT, Theaterbureau FRIS, Stichting het Theater, CineMusic, Amsterdams Andalusisch Orkest, Theater de Poorterij, Stichting WIRWAR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    Geüpdatet 25 februari 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="20" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -2387,1015 +2388,1013 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:F232"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A4" sqref="A4"/>
+      <selection activeCell="E9" sqref="E9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="54.109375" customWidth="1"/>
     <col min="2" max="2" width="32.33203125" customWidth="1"/>
     <col min="3" max="3" width="39.88671875" style="6" customWidth="1"/>
     <col min="4" max="4" width="57.44140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1" s="1"/>
       <c r="B1" s="2"/>
       <c r="C1" s="7"/>
       <c r="D1" s="2"/>
     </row>
     <row r="2" spans="1:6" ht="25.8" x14ac:dyDescent="0.3">
       <c r="A2" s="23" t="s">
-        <v>404</v>
+        <v>403</v>
       </c>
       <c r="B2" s="24"/>
       <c r="C2" s="25"/>
       <c r="D2" s="24"/>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A3" s="26" t="s">
         <v>499</v>
       </c>
       <c r="B3" s="24"/>
       <c r="C3" s="25"/>
       <c r="D3" s="24"/>
     </row>
     <row r="4" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A4" s="27"/>
       <c r="B4" s="24"/>
       <c r="C4" s="25"/>
       <c r="D4" s="24"/>
     </row>
     <row r="5" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A5" s="28" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="B5" s="24"/>
       <c r="C5" s="25"/>
       <c r="D5" s="24"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A6" s="4"/>
       <c r="B6" s="5"/>
       <c r="C6" s="5"/>
       <c r="D6" s="5"/>
     </row>
     <row r="7" spans="1:6" s="3" customFormat="1" ht="18.600000000000001" customHeight="1" x14ac:dyDescent="0.65">
       <c r="A7" s="10" t="s">
-        <v>478</v>
+        <v>476</v>
       </c>
       <c r="B7" s="10" t="s">
         <v>110</v>
       </c>
       <c r="C7" s="11" t="s">
-        <v>482</v>
+        <v>480</v>
       </c>
       <c r="D7" s="12" t="s">
-        <v>494</v>
+        <v>497</v>
       </c>
       <c r="E7" s="8"/>
     </row>
     <row r="8" spans="1:6" ht="16.2" customHeight="1" x14ac:dyDescent="0.65">
       <c r="A8" s="36" t="s">
         <v>114</v>
       </c>
       <c r="B8" s="13" t="s">
         <v>111</v>
       </c>
       <c r="C8" s="29" t="s">
         <v>118</v>
       </c>
       <c r="D8" s="31" t="s">
-        <v>440</v>
+        <v>439</v>
       </c>
       <c r="E8" s="9"/>
       <c r="F8" s="3"/>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A9" s="37" t="s">
         <v>42</v>
       </c>
       <c r="B9" s="14" t="s">
         <v>115</v>
       </c>
       <c r="C9" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D9" s="31" t="s">
-        <v>433</v>
+        <v>432</v>
       </c>
       <c r="E9" s="9"/>
     </row>
     <row r="10" spans="1:6" s="31" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A10" s="34" t="s">
-        <v>462</v>
+        <v>460</v>
       </c>
       <c r="B10" s="46" t="s">
-        <v>492</v>
+        <v>490</v>
       </c>
       <c r="C10" s="42" t="s">
         <v>118</v>
       </c>
       <c r="D10" s="31" t="s">
-        <v>473</v>
+        <v>471</v>
       </c>
       <c r="E10" s="34"/>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A11" s="34" t="s">
-        <v>467</v>
+        <v>465</v>
       </c>
       <c r="B11" s="19" t="s">
-        <v>425</v>
+        <v>424</v>
       </c>
       <c r="C11" s="33"/>
       <c r="D11" s="31" t="s">
-        <v>443</v>
+        <v>441</v>
       </c>
       <c r="E11" s="9"/>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A12" s="37" t="s">
         <v>3</v>
       </c>
       <c r="B12" s="14" t="s">
         <v>116</v>
       </c>
       <c r="C12" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D12" s="31" t="s">
-        <v>420</v>
+        <v>494</v>
       </c>
       <c r="E12" s="9"/>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A13" s="37" t="s">
+        <v>411</v>
+      </c>
+      <c r="B13" s="14" t="s">
         <v>412</v>
       </c>
-      <c r="B13" s="14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13" s="32" t="s">
         <v>118</v>
       </c>
-      <c r="D13" s="14" t="s">
-        <v>231</v>
+      <c r="D13" s="31" t="s">
+        <v>419</v>
       </c>
       <c r="E13" s="9"/>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A14" s="37" t="s">
         <v>109</v>
       </c>
       <c r="B14" s="14" t="s">
         <v>119</v>
       </c>
       <c r="C14" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D14" s="14" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="E14" s="9"/>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A15" s="37" t="s">
         <v>53</v>
       </c>
       <c r="B15" s="14" t="s">
         <v>121</v>
       </c>
       <c r="C15" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D15" s="14" t="s">
-        <v>233</v>
+        <v>232</v>
       </c>
       <c r="E15" s="9"/>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A16" s="37" t="s">
         <v>108</v>
       </c>
       <c r="B16" s="14" t="s">
         <v>122</v>
       </c>
       <c r="C16" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D16" s="14" t="s">
-        <v>382</v>
+        <v>233</v>
       </c>
       <c r="E16" s="9"/>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A17" s="37" t="s">
-        <v>430</v>
+        <v>429</v>
       </c>
       <c r="B17" s="14" t="s">
         <v>117</v>
       </c>
       <c r="C17" s="16" t="s">
         <v>118</v>
       </c>
       <c r="D17" s="14" t="s">
-        <v>3</v>
+        <v>381</v>
       </c>
       <c r="E17" s="9"/>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A18" s="37" t="s">
         <v>107</v>
       </c>
       <c r="B18" s="14" t="s">
         <v>112</v>
       </c>
       <c r="C18" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D18" s="14" t="s">
-        <v>421</v>
+        <v>3</v>
       </c>
       <c r="E18" s="9"/>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A19" s="37" t="s">
         <v>20</v>
       </c>
       <c r="B19" s="14" t="s">
         <v>124</v>
       </c>
       <c r="C19" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D19" s="14" t="s">
-        <v>234</v>
+        <v>420</v>
       </c>
       <c r="E19" s="9"/>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A20" s="37" t="s">
         <v>125</v>
       </c>
       <c r="B20" s="14" t="s">
         <v>113</v>
       </c>
       <c r="C20" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D20" s="14" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
       <c r="E20" s="9"/>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A21" s="37" t="s">
         <v>105</v>
       </c>
       <c r="B21" s="14" t="s">
         <v>123</v>
       </c>
       <c r="C21" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D21" s="14" t="s">
-        <v>236</v>
+        <v>235</v>
       </c>
       <c r="E21" s="9"/>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A22" s="37" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="B22" s="14" t="s">
-        <v>429</v>
+        <v>428</v>
       </c>
       <c r="D22" s="14" t="s">
-        <v>391</v>
+        <v>236</v>
       </c>
       <c r="E22" s="9"/>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A23" s="37" t="s">
         <v>103</v>
       </c>
       <c r="B23" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C23" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D23" s="14" t="s">
-        <v>435</v>
+        <v>390</v>
       </c>
       <c r="E23" s="9"/>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A24" s="37" t="s">
-        <v>498</v>
+        <v>495</v>
       </c>
       <c r="B24" s="14" t="s">
         <v>116</v>
       </c>
       <c r="D24" s="14" t="s">
-        <v>237</v>
+        <v>434</v>
       </c>
       <c r="E24" s="9"/>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A25" s="37" t="s">
         <v>48</v>
       </c>
       <c r="B25" s="14" t="s">
         <v>127</v>
       </c>
       <c r="C25" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D25" s="14" t="s">
-        <v>439</v>
+        <v>237</v>
       </c>
       <c r="E25" s="9"/>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A26" s="37" t="s">
         <v>102</v>
       </c>
       <c r="B26" s="14" t="s">
         <v>128</v>
       </c>
       <c r="C26" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D26" s="14" t="s">
-        <v>452</v>
+        <v>438</v>
       </c>
       <c r="E26" s="9"/>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A27" s="37" t="s">
         <v>101</v>
       </c>
       <c r="B27" s="14" t="s">
         <v>129</v>
       </c>
       <c r="C27" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D27" s="14" t="s">
-        <v>238</v>
+        <v>450</v>
       </c>
       <c r="E27" s="9"/>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A28" s="37" t="s">
         <v>45</v>
       </c>
       <c r="B28" s="14" t="s">
         <v>116</v>
       </c>
       <c r="C28" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D28" s="14" t="s">
-        <v>474</v>
+        <v>238</v>
       </c>
       <c r="E28" s="9"/>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A29" s="37" t="s">
         <v>8</v>
       </c>
       <c r="B29" s="14" t="s">
         <v>130</v>
       </c>
       <c r="C29" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D29" s="14" t="s">
-        <v>431</v>
+        <v>472</v>
       </c>
       <c r="E29" s="9"/>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A30" s="37" t="s">
         <v>35</v>
       </c>
       <c r="B30" s="14" t="s">
         <v>131</v>
       </c>
       <c r="C30" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D30" s="14" t="s">
-        <v>392</v>
+        <v>430</v>
       </c>
       <c r="E30" s="9"/>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A31" s="37" t="s">
-        <v>432</v>
+        <v>431</v>
       </c>
       <c r="B31" s="14" t="s">
         <v>163</v>
       </c>
       <c r="C31" s="35" t="s">
         <v>118</v>
       </c>
       <c r="D31" s="14" t="s">
-        <v>53</v>
+        <v>391</v>
       </c>
       <c r="E31" s="9"/>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A32" s="37" t="s">
+        <v>416</v>
+      </c>
+      <c r="B32" s="14" t="s">
         <v>417</v>
       </c>
-      <c r="B32" s="14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C32" s="32" t="s">
         <v>118</v>
       </c>
       <c r="D32" s="14" t="s">
-        <v>239</v>
+        <v>53</v>
       </c>
       <c r="E32" s="9"/>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A33" s="37" t="s">
         <v>99</v>
       </c>
       <c r="B33" s="14" t="s">
         <v>132</v>
       </c>
       <c r="C33" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D33" s="14" t="s">
-        <v>408</v>
+        <v>239</v>
       </c>
       <c r="E33" s="9"/>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A34" s="37" t="s">
-        <v>477</v>
+        <v>475</v>
       </c>
       <c r="B34" s="14" t="s">
-        <v>472</v>
+        <v>470</v>
       </c>
       <c r="C34" s="40" t="s">
         <v>118</v>
       </c>
       <c r="D34" s="14" t="s">
-        <v>240</v>
+        <v>407</v>
       </c>
       <c r="E34" s="9"/>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A35" s="37" t="s">
         <v>19</v>
       </c>
       <c r="B35" s="14" t="s">
         <v>133</v>
       </c>
       <c r="C35" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D35" s="14" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="E35" s="9"/>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A36" s="37" t="s">
-        <v>438</v>
+        <v>437</v>
       </c>
       <c r="B36" s="14" t="s">
-        <v>424</v>
+        <v>423</v>
       </c>
       <c r="D36" s="14" t="s">
-        <v>447</v>
+        <v>241</v>
       </c>
       <c r="E36" s="9"/>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A37" s="37" t="s">
         <v>98</v>
       </c>
       <c r="B37" s="14" t="s">
         <v>116</v>
       </c>
       <c r="C37" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D37" s="14" t="s">
-        <v>450</v>
+        <v>445</v>
       </c>
       <c r="E37" s="9"/>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A38" s="37" t="s">
         <v>97</v>
       </c>
       <c r="B38" s="14" t="s">
         <v>134</v>
       </c>
       <c r="C38" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D38" s="14" t="s">
-        <v>242</v>
+        <v>448</v>
       </c>
       <c r="E38" s="9"/>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A39" s="37" t="s">
         <v>136</v>
       </c>
       <c r="B39" s="14" t="s">
         <v>137</v>
       </c>
       <c r="C39" s="15"/>
       <c r="D39" s="14" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="E39" s="9"/>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A40" s="37" t="s">
         <v>104</v>
       </c>
       <c r="B40" s="14" t="s">
         <v>138</v>
       </c>
       <c r="C40" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D40" s="14" t="s">
-        <v>244</v>
+        <v>243</v>
       </c>
       <c r="E40" s="9"/>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A41" s="37" t="s">
-        <v>411</v>
+        <v>410</v>
       </c>
       <c r="B41" s="14" t="s">
         <v>116</v>
       </c>
       <c r="C41" s="32" t="s">
         <v>118</v>
       </c>
       <c r="D41" s="14" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="E41" s="9"/>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A42" s="37" t="s">
         <v>6</v>
       </c>
       <c r="B42" s="14" t="s">
         <v>140</v>
       </c>
       <c r="C42" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D42" s="14" t="s">
-        <v>441</v>
+        <v>382</v>
       </c>
       <c r="E42" s="9"/>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A43" s="37" t="s">
-        <v>479</v>
+        <v>477</v>
       </c>
       <c r="B43" s="14" t="s">
         <v>184</v>
       </c>
       <c r="C43" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D43" s="14" t="s">
-        <v>383</v>
+        <v>245</v>
       </c>
       <c r="E43" s="9"/>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A44" s="37" t="s">
         <v>141</v>
       </c>
       <c r="B44" s="14" t="s">
         <v>142</v>
       </c>
       <c r="C44" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D44" s="14" t="s">
         <v>246</v>
       </c>
       <c r="E44" s="9"/>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A45" s="37" t="s">
         <v>12</v>
       </c>
       <c r="B45" s="14" t="s">
         <v>143</v>
       </c>
       <c r="C45" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D45" s="14" t="s">
         <v>247</v>
       </c>
       <c r="E45" s="9"/>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A46" s="37" t="s">
         <v>96</v>
       </c>
       <c r="B46" s="14" t="s">
         <v>144</v>
       </c>
       <c r="C46" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D46" s="14" t="s">
         <v>248</v>
       </c>
       <c r="E46" s="9"/>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A47" s="37" t="s">
-        <v>419</v>
+        <v>418</v>
       </c>
       <c r="B47" s="14" t="s">
         <v>155</v>
       </c>
       <c r="D47" s="14" t="s">
         <v>249</v>
       </c>
       <c r="E47" s="9"/>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A48" s="37" t="s">
         <v>52</v>
       </c>
       <c r="B48" s="14" t="s">
         <v>116</v>
       </c>
       <c r="C48" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D48" s="14" t="s">
-        <v>250</v>
+        <v>459</v>
       </c>
       <c r="E48" s="9"/>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A49" s="37" t="s">
         <v>95</v>
       </c>
       <c r="B49" s="14" t="s">
         <v>147</v>
       </c>
       <c r="C49" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D49" s="14" t="s">
-        <v>461</v>
+        <v>250</v>
       </c>
       <c r="E49" s="9"/>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A50" s="37" t="s">
         <v>30</v>
       </c>
       <c r="B50" s="14" t="s">
         <v>148</v>
       </c>
       <c r="C50" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D50" s="14" t="s">
         <v>251</v>
       </c>
       <c r="E50" s="9"/>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A51" s="37" t="s">
-        <v>465</v>
+        <v>463</v>
       </c>
       <c r="B51" s="14" t="s">
-        <v>423</v>
+        <v>422</v>
       </c>
       <c r="D51" s="14" t="s">
         <v>252</v>
       </c>
       <c r="E51" s="9"/>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A52" s="37" t="s">
         <v>40</v>
       </c>
       <c r="B52" s="14" t="s">
         <v>143</v>
       </c>
       <c r="C52" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D52" s="14" t="s">
         <v>253</v>
       </c>
       <c r="E52" s="9"/>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A53" s="37" t="s">
         <v>47</v>
       </c>
       <c r="B53" s="14" t="s">
         <v>124</v>
       </c>
       <c r="C53" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D53" s="14" t="s">
         <v>254</v>
       </c>
       <c r="E53" s="9"/>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A54" s="37" t="s">
         <v>149</v>
       </c>
       <c r="B54" s="14" t="s">
         <v>150</v>
       </c>
       <c r="C54" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D54" s="14" t="s">
-        <v>255</v>
+        <v>421</v>
       </c>
       <c r="E54" s="9"/>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A55" s="37" t="s">
-        <v>427</v>
+        <v>426</v>
       </c>
       <c r="B55" s="14" t="s">
-        <v>407</v>
+        <v>406</v>
       </c>
       <c r="D55" s="14" t="s">
-        <v>422</v>
+        <v>255</v>
       </c>
       <c r="E55" s="9"/>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A56" s="37" t="s">
-        <v>442</v>
+        <v>440</v>
       </c>
       <c r="B56" s="14" t="s">
         <v>116</v>
       </c>
       <c r="D56" s="14" t="s">
         <v>256</v>
       </c>
       <c r="E56" s="9"/>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A57" s="37" t="s">
-        <v>403</v>
+        <v>402</v>
       </c>
       <c r="B57" s="14" t="s">
         <v>178</v>
       </c>
-      <c r="C57" s="43" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C57" s="43"/>
       <c r="D57" s="14" t="s">
         <v>257</v>
       </c>
       <c r="E57" s="9"/>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A58" s="37" t="s">
         <v>94</v>
       </c>
       <c r="B58" s="14" t="s">
         <v>121</v>
       </c>
       <c r="C58" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D58" s="14" t="s">
-        <v>258</v>
+        <v>415</v>
       </c>
       <c r="E58" s="9"/>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A59" s="37" t="s">
-        <v>428</v>
+        <v>427</v>
       </c>
       <c r="B59" s="14" t="s">
         <v>121</v>
       </c>
       <c r="C59" s="41" t="s">
         <v>118</v>
       </c>
       <c r="D59" s="14" t="s">
-        <v>416</v>
+        <v>258</v>
       </c>
       <c r="E59" s="9"/>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A60" s="37" t="s">
         <v>4</v>
       </c>
       <c r="B60" s="14" t="s">
         <v>151</v>
       </c>
       <c r="C60" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D60" s="14" t="s">
         <v>259</v>
       </c>
       <c r="E60" s="9"/>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A61" s="37" t="s">
         <v>93</v>
       </c>
       <c r="B61" s="14" t="s">
         <v>139</v>
       </c>
       <c r="C61" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D61" s="14" t="s">
         <v>260</v>
       </c>
       <c r="E61" s="9"/>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A62" s="37" t="s">
-        <v>451</v>
+        <v>449</v>
       </c>
       <c r="B62" s="14" t="s">
         <v>145</v>
       </c>
       <c r="C62" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D62" s="14" t="s">
         <v>261</v>
       </c>
       <c r="E62" s="9"/>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A63" s="37" t="s">
-        <v>426</v>
+        <v>425</v>
       </c>
       <c r="B63" s="14" t="s">
         <v>116</v>
       </c>
       <c r="D63" s="14" t="s">
-        <v>262</v>
+        <v>12</v>
       </c>
       <c r="E63" s="9"/>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A64" s="37" t="s">
-        <v>456</v>
+        <v>454</v>
       </c>
       <c r="B64" s="14" t="s">
         <v>194</v>
       </c>
       <c r="D64" s="14" t="s">
-        <v>12</v>
+        <v>262</v>
       </c>
       <c r="E64" s="9"/>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A65" s="37" t="s">
-        <v>453</v>
+        <v>451</v>
       </c>
       <c r="B65" s="14" t="s">
-        <v>454</v>
+        <v>452</v>
       </c>
       <c r="C65" s="35" t="s">
         <v>118</v>
       </c>
       <c r="D65" s="14" t="s">
         <v>263</v>
       </c>
       <c r="E65" s="9"/>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A66" s="37" t="s">
         <v>92</v>
       </c>
       <c r="B66" s="14" t="s">
         <v>152</v>
       </c>
       <c r="C66" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D66" s="14" t="s">
-        <v>264</v>
+        <v>22</v>
       </c>
       <c r="E66" s="9"/>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A67" s="37" t="s">
         <v>37</v>
       </c>
       <c r="B67" s="14" t="s">
         <v>146</v>
       </c>
       <c r="C67" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D67" s="14" t="s">
-        <v>22</v>
+        <v>264</v>
       </c>
       <c r="E67" s="9"/>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A68" s="37" t="s">
         <v>13</v>
       </c>
       <c r="B68" s="14" t="s">
         <v>153</v>
       </c>
       <c r="C68" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D68" s="14" t="s">
-        <v>265</v>
+        <v>409</v>
       </c>
       <c r="E68" s="9"/>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A69" s="37" t="s">
         <v>91</v>
       </c>
       <c r="B69" s="14" t="s">
         <v>154</v>
       </c>
       <c r="C69" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D69" s="14" t="s">
-        <v>410</v>
+        <v>265</v>
       </c>
       <c r="E69" s="9"/>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A70" s="37" t="s">
         <v>90</v>
       </c>
       <c r="B70" s="14" t="s">
         <v>155</v>
       </c>
       <c r="C70" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D70" s="14" t="s">
         <v>266</v>
       </c>
       <c r="E70" s="9"/>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A71" s="37" t="s">
         <v>89</v>
       </c>
       <c r="B71" s="14" t="s">
         <v>156</v>
       </c>
@@ -3411,66 +3410,66 @@
       <c r="A72" s="37" t="s">
         <v>10</v>
       </c>
       <c r="B72" s="14" t="s">
         <v>157</v>
       </c>
       <c r="C72" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D72" s="14" t="s">
         <v>268</v>
       </c>
       <c r="E72" s="9"/>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A73" s="37" t="s">
         <v>88</v>
       </c>
       <c r="B73" s="14" t="s">
         <v>158</v>
       </c>
       <c r="C73" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D73" s="14" t="s">
-        <v>269</v>
+        <v>52</v>
       </c>
       <c r="E73" s="9"/>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A74" s="37" t="s">
         <v>87</v>
       </c>
       <c r="B74" s="14" t="s">
         <v>160</v>
       </c>
       <c r="C74" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D74" s="14" t="s">
-        <v>52</v>
+        <v>269</v>
       </c>
       <c r="E74" s="9"/>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A75" s="37" t="s">
         <v>86</v>
       </c>
       <c r="B75" s="14" t="s">
         <v>161</v>
       </c>
       <c r="C75" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D75" s="14" t="s">
         <v>270</v>
       </c>
       <c r="E75" s="9"/>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A76" s="37" t="s">
         <v>1</v>
       </c>
       <c r="B76" s="14" t="s">
         <v>162</v>
       </c>
@@ -3486,403 +3485,403 @@
       <c r="A77" s="37" t="s">
         <v>61</v>
       </c>
       <c r="B77" s="14" t="s">
         <v>163</v>
       </c>
       <c r="C77" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D77" s="14" t="s">
         <v>272</v>
       </c>
       <c r="E77" s="9"/>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A78" s="37" t="s">
         <v>85</v>
       </c>
       <c r="B78" s="14" t="s">
         <v>164</v>
       </c>
       <c r="C78" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D78" s="14" t="s">
-        <v>273</v>
+        <v>491</v>
       </c>
       <c r="E78" s="9"/>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A79" s="37" t="s">
         <v>44</v>
       </c>
       <c r="B79" s="14" t="s">
         <v>169</v>
       </c>
       <c r="C79" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D79" s="14" t="s">
-        <v>493</v>
+        <v>273</v>
       </c>
       <c r="E79" s="9"/>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A80" s="37" t="s">
         <v>84</v>
       </c>
       <c r="B80" s="14" t="s">
         <v>170</v>
       </c>
       <c r="C80" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D80" s="14" t="s">
         <v>274</v>
       </c>
       <c r="E80" s="9"/>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A81" s="37" t="s">
         <v>83</v>
       </c>
       <c r="B81" s="14" t="s">
         <v>171</v>
       </c>
       <c r="C81" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D81" s="14" t="s">
         <v>275</v>
       </c>
       <c r="E81" s="9"/>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A82" s="37" t="s">
         <v>32</v>
       </c>
       <c r="B82" s="14" t="s">
         <v>159</v>
       </c>
       <c r="C82" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D82" s="14" t="s">
-        <v>276</v>
+        <v>40</v>
       </c>
       <c r="E82" s="9"/>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A83" s="37" t="s">
         <v>82</v>
       </c>
       <c r="B83" s="14" t="s">
         <v>174</v>
       </c>
       <c r="C83" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D83" s="14" t="s">
-        <v>40</v>
+        <v>276</v>
       </c>
       <c r="E83" s="9"/>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A84" s="37" t="s">
         <v>9</v>
       </c>
       <c r="B84" s="14" t="s">
         <v>165</v>
       </c>
       <c r="C84" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D84" s="14" t="s">
         <v>277</v>
       </c>
       <c r="E84" s="9"/>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A85" s="37" t="s">
         <v>28</v>
       </c>
       <c r="B85" s="14" t="s">
         <v>175</v>
       </c>
       <c r="C85" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D85" s="14" t="s">
-        <v>278</v>
+        <v>395</v>
       </c>
       <c r="E85" s="9"/>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A86" s="37" t="s">
         <v>81</v>
       </c>
       <c r="B86" s="14" t="s">
         <v>166</v>
       </c>
       <c r="C86" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D86" s="14" t="s">
-        <v>396</v>
+        <v>278</v>
       </c>
       <c r="E86" s="9"/>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A87" s="37" t="s">
         <v>80</v>
       </c>
       <c r="B87" s="14" t="s">
         <v>176</v>
       </c>
       <c r="C87" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D87" s="14" t="s">
-        <v>279</v>
+        <v>389</v>
       </c>
       <c r="E87" s="9"/>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A88" s="37" t="s">
         <v>100</v>
       </c>
       <c r="B88" s="14" t="s">
         <v>139</v>
       </c>
       <c r="C88" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D88" s="14" t="s">
-        <v>390</v>
+        <v>447</v>
       </c>
       <c r="E88" s="9"/>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A89" s="37" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="B89" s="14" t="s">
         <v>216</v>
       </c>
       <c r="C89" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D89" s="14" t="s">
-        <v>449</v>
+        <v>386</v>
       </c>
       <c r="E89" s="9"/>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A90" s="37" t="s">
         <v>31</v>
       </c>
       <c r="B90" s="14" t="s">
         <v>167</v>
       </c>
       <c r="C90" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D90" s="14" t="s">
-        <v>387</v>
+        <v>279</v>
       </c>
       <c r="E90" s="9"/>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A91" s="37" t="s">
         <v>21</v>
       </c>
       <c r="B91" s="14" t="s">
         <v>168</v>
       </c>
       <c r="C91" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D91" s="14" t="s">
-        <v>280</v>
+        <v>436</v>
       </c>
       <c r="E91" s="9"/>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A92" s="37" t="s">
         <v>181</v>
       </c>
       <c r="B92" s="14" t="s">
         <v>133</v>
       </c>
       <c r="C92" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D92" s="14" t="s">
-        <v>437</v>
+        <v>280</v>
       </c>
       <c r="E92" s="9"/>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A93" s="37" t="s">
         <v>79</v>
       </c>
       <c r="B93" s="14" t="s">
         <v>182</v>
       </c>
       <c r="C93" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D93" s="14" t="s">
-        <v>281</v>
+        <v>446</v>
       </c>
       <c r="E93" s="9"/>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A94" s="37" t="s">
         <v>183</v>
       </c>
       <c r="B94" s="14" t="s">
         <v>178</v>
       </c>
       <c r="C94" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D94" s="14" t="s">
-        <v>448</v>
+        <v>458</v>
       </c>
       <c r="E94" s="9"/>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A95" s="37" t="s">
         <v>78</v>
       </c>
       <c r="B95" s="14" t="s">
         <v>179</v>
       </c>
       <c r="C95" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D95" s="14" t="s">
-        <v>460</v>
+        <v>281</v>
       </c>
       <c r="E95" s="9"/>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A96" s="37" t="s">
         <v>77</v>
       </c>
       <c r="B96" s="14" t="s">
         <v>180</v>
       </c>
       <c r="C96" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D96" s="14" t="s">
-        <v>282</v>
+        <v>455</v>
       </c>
       <c r="E96" s="9"/>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A97" s="37" t="s">
         <v>15</v>
       </c>
       <c r="B97" s="14" t="s">
         <v>185</v>
       </c>
       <c r="C97" s="15"/>
       <c r="D97" s="14" t="s">
-        <v>457</v>
+        <v>398</v>
       </c>
       <c r="E97" s="9"/>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A98" s="37" t="s">
         <v>55</v>
       </c>
       <c r="B98" s="14" t="s">
         <v>143</v>
       </c>
       <c r="C98" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D98" s="14" t="s">
-        <v>399</v>
+        <v>461</v>
       </c>
       <c r="E98" s="9"/>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A99" s="37" t="s">
         <v>38</v>
       </c>
       <c r="B99" s="14" t="s">
         <v>186</v>
       </c>
       <c r="C99" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D99" s="14" t="s">
-        <v>463</v>
+        <v>282</v>
       </c>
       <c r="E99" s="9"/>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A100" s="37" t="s">
         <v>46</v>
       </c>
       <c r="B100" s="14" t="s">
         <v>135</v>
       </c>
       <c r="C100" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D100" s="14" t="s">
         <v>283</v>
       </c>
       <c r="E100" s="9"/>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A101" s="37" t="s">
         <v>18</v>
       </c>
       <c r="B101" s="14" t="s">
         <v>139</v>
       </c>
       <c r="C101" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D101" s="14" t="s">
         <v>284</v>
       </c>
       <c r="E101" s="9"/>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A102" s="37" t="s">
-        <v>480</v>
+        <v>478</v>
       </c>
       <c r="B102" s="14" t="s">
-        <v>475</v>
+        <v>473</v>
       </c>
       <c r="C102" s="44" t="s">
         <v>118</v>
       </c>
       <c r="D102" s="14" t="s">
         <v>285</v>
       </c>
       <c r="E102" s="9"/>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A103" s="37" t="s">
         <v>11</v>
       </c>
       <c r="B103" s="14" t="s">
         <v>187</v>
       </c>
       <c r="C103" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D103" s="14" t="s">
         <v>286</v>
       </c>
       <c r="E103" s="9"/>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.3">
@@ -3928,1352 +3927,1352 @@
       <c r="D106" s="14" t="s">
         <v>289</v>
       </c>
       <c r="E106" s="9"/>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A107" s="37" t="s">
         <v>25</v>
       </c>
       <c r="B107" s="14" t="s">
         <v>189</v>
       </c>
       <c r="C107" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D107" s="14" t="s">
         <v>290</v>
       </c>
       <c r="E107" s="9"/>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A108" s="37" t="s">
         <v>24</v>
       </c>
       <c r="B108" s="14" t="s">
-        <v>162</v>
+        <v>116</v>
       </c>
       <c r="C108" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D108" s="14" t="s">
         <v>291</v>
       </c>
       <c r="E108" s="9"/>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A109" s="38" t="s">
         <v>190</v>
       </c>
       <c r="B109" s="14" t="s">
         <v>173</v>
       </c>
       <c r="C109" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D109" s="14" t="s">
         <v>292</v>
       </c>
       <c r="E109" s="9"/>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A110" s="37" t="s">
         <v>76</v>
       </c>
       <c r="B110" s="14" t="s">
         <v>191</v>
       </c>
       <c r="C110" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D110" s="14" t="s">
         <v>293</v>
       </c>
       <c r="E110" s="9"/>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A111" s="37" t="s">
         <v>75</v>
       </c>
       <c r="B111" s="14" t="s">
         <v>192</v>
       </c>
       <c r="C111" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D111" s="14" t="s">
-        <v>294</v>
+        <v>468</v>
       </c>
       <c r="E111" s="9"/>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A112" s="37" t="s">
         <v>74</v>
       </c>
       <c r="B112" s="14" t="s">
         <v>193</v>
       </c>
       <c r="C112" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D112" s="14" t="s">
-        <v>470</v>
+        <v>294</v>
       </c>
       <c r="E112" s="9"/>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A113" s="37" t="s">
-        <v>405</v>
+        <v>404</v>
       </c>
       <c r="B113" s="14" t="s">
         <v>155</v>
       </c>
       <c r="C113" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D113" s="14" t="s">
         <v>295</v>
       </c>
       <c r="E113" s="9"/>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A114" s="37" t="s">
         <v>73</v>
       </c>
       <c r="B114" s="14" t="s">
         <v>194</v>
       </c>
       <c r="C114" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D114" s="14" t="s">
         <v>296</v>
       </c>
       <c r="E114" s="9"/>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A115" s="37" t="s">
         <v>39</v>
       </c>
       <c r="B115" s="14" t="s">
         <v>116</v>
       </c>
       <c r="C115" s="15"/>
       <c r="D115" s="14" t="s">
-        <v>297</v>
+        <v>492</v>
       </c>
       <c r="E115" s="9"/>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A116" s="37" t="s">
         <v>72</v>
       </c>
       <c r="B116" s="14" t="s">
         <v>120</v>
       </c>
       <c r="C116" s="16" t="s">
         <v>118</v>
       </c>
       <c r="D116" s="14" t="s">
-        <v>495</v>
+        <v>297</v>
       </c>
       <c r="E116" s="9"/>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A117" s="37" t="s">
         <v>71</v>
       </c>
       <c r="B117" s="14" t="s">
         <v>195</v>
       </c>
       <c r="C117" s="17" t="s">
         <v>118</v>
       </c>
-      <c r="D117" s="14" t="s">
-        <v>298</v>
+      <c r="D117" s="19" t="s">
+        <v>379</v>
       </c>
       <c r="E117" s="9"/>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A118" s="37" t="s">
         <v>70</v>
       </c>
       <c r="B118" s="14" t="s">
         <v>196</v>
       </c>
       <c r="C118" s="17" t="s">
         <v>118</v>
       </c>
-      <c r="D118" s="19" t="s">
-        <v>380</v>
+      <c r="D118" s="14" t="s">
+        <v>298</v>
       </c>
       <c r="E118" s="9"/>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A119" s="37" t="s">
         <v>43</v>
       </c>
       <c r="B119" s="14" t="s">
         <v>197</v>
       </c>
       <c r="C119" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D119" s="14" t="s">
         <v>299</v>
       </c>
       <c r="E119" s="9"/>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A120" s="37" t="s">
         <v>69</v>
       </c>
       <c r="B120" s="14" t="s">
         <v>198</v>
       </c>
       <c r="C120" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D120" s="14" t="s">
-        <v>300</v>
+        <v>496</v>
       </c>
       <c r="E120" s="9"/>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A121" s="37" t="s">
         <v>16</v>
       </c>
       <c r="B121" s="14" t="s">
         <v>116</v>
       </c>
       <c r="C121" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D121" s="14" t="s">
-        <v>388</v>
+        <v>387</v>
       </c>
       <c r="E121" s="9"/>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A122" s="37" t="s">
-        <v>486</v>
+        <v>484</v>
       </c>
       <c r="B122" s="14" t="s">
         <v>199</v>
       </c>
       <c r="C122" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D122" s="14" t="s">
-        <v>386</v>
+        <v>385</v>
       </c>
       <c r="E122" s="9"/>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A123" s="37" t="s">
-        <v>485</v>
+        <v>483</v>
       </c>
       <c r="B123" s="14" t="s">
         <v>200</v>
       </c>
       <c r="C123" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D123" s="14" t="s">
-        <v>301</v>
+        <v>300</v>
       </c>
       <c r="E123" s="9"/>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A124" s="37" t="s">
-        <v>491</v>
+        <v>489</v>
       </c>
       <c r="B124" s="14" t="s">
         <v>177</v>
       </c>
       <c r="C124" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D124" s="14" t="s">
-        <v>302</v>
+        <v>301</v>
       </c>
       <c r="E124" s="9"/>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A125" s="37" t="s">
-        <v>484</v>
+        <v>482</v>
       </c>
       <c r="B125" s="14" t="s">
         <v>138</v>
       </c>
       <c r="C125" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D125" s="14" t="s">
         <v>83</v>
       </c>
       <c r="E125" s="9"/>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A126" s="37" t="s">
-        <v>487</v>
+        <v>485</v>
       </c>
       <c r="B126" s="14" t="s">
         <v>201</v>
       </c>
       <c r="C126" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D126" s="14" t="s">
-        <v>303</v>
+        <v>302</v>
       </c>
       <c r="E126" s="9"/>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A127" s="37" t="s">
         <v>5</v>
       </c>
       <c r="B127" s="14" t="s">
         <v>202</v>
       </c>
       <c r="C127" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D127" s="14" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="E127" s="9"/>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A128" s="37" t="s">
-        <v>488</v>
+        <v>486</v>
       </c>
       <c r="B128" s="14" t="s">
         <v>137</v>
       </c>
       <c r="C128" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D128" s="14" t="s">
-        <v>305</v>
+        <v>304</v>
       </c>
       <c r="E128" s="9"/>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A129" s="37" t="s">
-        <v>489</v>
+        <v>487</v>
       </c>
       <c r="B129" s="14" t="s">
         <v>203</v>
       </c>
       <c r="C129" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D129" s="14" t="s">
-        <v>306</v>
+        <v>305</v>
       </c>
       <c r="E129" s="9"/>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A130" s="37" t="s">
         <v>68</v>
       </c>
       <c r="B130" s="14" t="s">
         <v>204</v>
       </c>
       <c r="C130" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D130" s="14" t="s">
-        <v>395</v>
+        <v>394</v>
       </c>
       <c r="E130" s="9"/>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A131" s="37" t="s">
         <v>206</v>
       </c>
       <c r="B131" s="14" t="s">
         <v>205</v>
       </c>
       <c r="C131" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D131" s="14" t="s">
-        <v>307</v>
+        <v>306</v>
       </c>
       <c r="E131" s="9"/>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A132" s="37" t="s">
         <v>67</v>
       </c>
       <c r="B132" s="14" t="s">
         <v>207</v>
       </c>
       <c r="C132" s="15"/>
       <c r="D132" s="14" t="s">
-        <v>308</v>
+        <v>307</v>
       </c>
       <c r="E132" s="9"/>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A133" s="37" t="s">
         <v>7</v>
       </c>
       <c r="B133" s="14" t="s">
         <v>208</v>
       </c>
       <c r="C133" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D133" s="14" t="s">
-        <v>458</v>
+        <v>456</v>
       </c>
       <c r="E133" s="9"/>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A134" s="37" t="s">
-        <v>490</v>
+        <v>488</v>
       </c>
       <c r="B134" s="14" t="s">
         <v>209</v>
       </c>
       <c r="C134" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D134" s="14" t="s">
-        <v>309</v>
+        <v>308</v>
       </c>
       <c r="E134" s="9"/>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A135" s="37" t="s">
         <v>27</v>
       </c>
       <c r="B135" s="14" t="s">
         <v>210</v>
       </c>
       <c r="C135" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D135" s="14" t="s">
-        <v>468</v>
+        <v>466</v>
       </c>
       <c r="E135" s="9"/>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A136" s="37" t="s">
         <v>34</v>
       </c>
       <c r="B136" s="14" t="s">
         <v>211</v>
       </c>
       <c r="C136" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D136" s="14" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="E136" s="9"/>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A137" s="37" t="s">
         <v>66</v>
       </c>
       <c r="B137" s="14" t="s">
         <v>212</v>
       </c>
       <c r="C137" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D137" s="14" t="s">
-        <v>311</v>
+        <v>310</v>
       </c>
       <c r="E137" s="9"/>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A138" s="37" t="s">
         <v>36</v>
       </c>
       <c r="B138" s="14" t="s">
         <v>213</v>
       </c>
       <c r="C138" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D138" s="14" t="s">
-        <v>312</v>
+        <v>311</v>
       </c>
       <c r="E138" s="9"/>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A139" s="37" t="s">
         <v>64</v>
       </c>
       <c r="B139" s="14" t="s">
         <v>214</v>
       </c>
       <c r="C139" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D139" s="14" t="s">
-        <v>313</v>
+        <v>312</v>
       </c>
       <c r="E139" s="9"/>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A140" s="37" t="s">
         <v>65</v>
       </c>
       <c r="B140" s="14" t="s">
         <v>215</v>
       </c>
       <c r="C140" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D140" s="14" t="s">
-        <v>314</v>
+        <v>313</v>
       </c>
       <c r="E140" s="9"/>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A141" s="37" t="s">
-        <v>434</v>
+        <v>433</v>
       </c>
       <c r="B141" s="14" t="s">
         <v>178</v>
       </c>
       <c r="C141" s="15"/>
       <c r="D141" s="14" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="E141" s="9"/>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A142" s="37" t="s">
-        <v>394</v>
+        <v>393</v>
       </c>
       <c r="B142" s="14" t="s">
         <v>217</v>
       </c>
       <c r="C142" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D142" s="14" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="E142" s="9"/>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A143" s="37" t="s">
         <v>63</v>
       </c>
       <c r="B143" s="14" t="s">
         <v>218</v>
       </c>
       <c r="C143" s="30" t="s">
         <v>118</v>
       </c>
       <c r="D143" s="14" t="s">
-        <v>317</v>
+        <v>316</v>
       </c>
       <c r="E143" s="9"/>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A144" s="37" t="s">
         <v>62</v>
       </c>
       <c r="B144" s="14" t="s">
         <v>150</v>
       </c>
       <c r="C144" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D144" s="14" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
       <c r="E144" s="9"/>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A145" s="37" t="s">
         <v>23</v>
       </c>
       <c r="B145" s="14" t="s">
         <v>219</v>
       </c>
       <c r="C145" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D145" s="14" t="s">
-        <v>397</v>
+        <v>396</v>
       </c>
       <c r="E145" s="9"/>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A146" s="37" t="s">
         <v>14</v>
       </c>
       <c r="B146" s="14" t="s">
         <v>179</v>
       </c>
       <c r="C146" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D146" s="14" t="s">
-        <v>398</v>
+        <v>397</v>
       </c>
       <c r="E146" s="9"/>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A147" s="37" t="s">
         <v>49</v>
       </c>
       <c r="B147" s="14" t="s">
         <v>220</v>
       </c>
       <c r="C147" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D147" s="14" t="s">
-        <v>319</v>
+        <v>318</v>
       </c>
       <c r="E147" s="9"/>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A148" s="37" t="s">
-        <v>464</v>
+        <v>462</v>
       </c>
       <c r="B148" s="14" t="s">
         <v>221</v>
       </c>
       <c r="C148" s="15"/>
       <c r="D148" s="14" t="s">
-        <v>406</v>
+        <v>405</v>
       </c>
       <c r="E148" s="9"/>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A149" s="37" t="s">
         <v>2</v>
       </c>
       <c r="B149" s="14" t="s">
         <v>121</v>
       </c>
       <c r="C149" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D149" s="14" t="s">
-        <v>389</v>
+        <v>388</v>
       </c>
       <c r="E149" s="9"/>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A150" s="37" t="s">
         <v>51</v>
       </c>
       <c r="B150" s="14" t="s">
         <v>222</v>
       </c>
       <c r="C150" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D150" s="14" t="s">
-        <v>320</v>
+        <v>319</v>
       </c>
       <c r="E150" s="9"/>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A151" s="37" t="s">
-        <v>481</v>
+        <v>479</v>
       </c>
       <c r="B151" s="14" t="s">
         <v>223</v>
       </c>
       <c r="C151" s="15"/>
       <c r="D151" s="14" t="s">
-        <v>321</v>
+        <v>320</v>
       </c>
       <c r="E151" s="9"/>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A152" s="37" t="s">
-        <v>459</v>
+        <v>457</v>
       </c>
       <c r="B152" s="14" t="s">
         <v>179</v>
       </c>
       <c r="D152" s="14" t="s">
-        <v>322</v>
+        <v>321</v>
       </c>
       <c r="E152" s="9"/>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A153" s="37" t="s">
         <v>106</v>
       </c>
       <c r="B153" s="14" t="s">
         <v>224</v>
       </c>
       <c r="C153" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D153" s="14" t="s">
-        <v>323</v>
+        <v>322</v>
       </c>
       <c r="E153" s="9"/>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A154" s="37" t="s">
-        <v>455</v>
+        <v>453</v>
       </c>
       <c r="B154" s="14" t="s">
         <v>191</v>
       </c>
       <c r="C154" s="40" t="s">
         <v>118</v>
       </c>
       <c r="D154" s="14" t="s">
-        <v>324</v>
+        <v>323</v>
       </c>
       <c r="E154" s="9"/>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A155" s="37" t="s">
         <v>33</v>
       </c>
       <c r="B155" s="14" t="s">
         <v>225</v>
       </c>
       <c r="C155" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D155" s="14" t="s">
-        <v>325</v>
+        <v>324</v>
       </c>
       <c r="E155" s="9"/>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A156" s="37" t="s">
-        <v>436</v>
+        <v>435</v>
       </c>
       <c r="B156" s="14" t="s">
         <v>121</v>
       </c>
       <c r="C156" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D156" s="14" t="s">
-        <v>326</v>
+        <v>325</v>
       </c>
       <c r="E156" s="9"/>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A157" s="37" t="s">
         <v>29</v>
       </c>
       <c r="B157" s="14" t="s">
         <v>182</v>
       </c>
       <c r="C157" s="45" t="s">
         <v>118</v>
       </c>
       <c r="D157" s="14" t="s">
-        <v>414</v>
+        <v>413</v>
       </c>
       <c r="E157" s="9"/>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A158" s="37" t="s">
         <v>60</v>
       </c>
       <c r="B158" s="14" t="s">
         <v>191</v>
       </c>
       <c r="C158" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D158" s="14" t="s">
-        <v>327</v>
+        <v>326</v>
       </c>
       <c r="E158" s="9"/>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A159" s="37" t="s">
         <v>41</v>
       </c>
       <c r="B159" s="14" t="s">
         <v>124</v>
       </c>
       <c r="C159" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D159" s="14" t="s">
-        <v>328</v>
+        <v>327</v>
       </c>
       <c r="E159" s="9"/>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A160" s="37" t="s">
         <v>59</v>
       </c>
       <c r="B160" s="14" t="s">
         <v>226</v>
       </c>
       <c r="C160" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D160" s="14" t="s">
-        <v>329</v>
+        <v>328</v>
       </c>
       <c r="E160" s="9"/>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A161" s="37" t="s">
         <v>58</v>
       </c>
       <c r="B161" s="14" t="s">
         <v>227</v>
       </c>
       <c r="C161" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D161" s="14" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="E161" s="9"/>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A162" s="37" t="s">
         <v>57</v>
       </c>
       <c r="B162" s="14" t="s">
         <v>228</v>
       </c>
       <c r="C162" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D162" s="14" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="E162" s="9"/>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A163" s="37" t="s">
         <v>56</v>
       </c>
       <c r="B163" s="14" t="s">
         <v>229</v>
       </c>
       <c r="C163" s="15"/>
       <c r="D163" s="14" t="s">
-        <v>332</v>
+        <v>331</v>
       </c>
       <c r="E163" s="9"/>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A164" s="39" t="s">
         <v>54</v>
       </c>
       <c r="B164" s="20" t="s">
         <v>230</v>
       </c>
       <c r="C164" s="21" t="s">
         <v>118</v>
       </c>
       <c r="D164" s="14" t="s">
-        <v>333</v>
+        <v>332</v>
       </c>
       <c r="E164" s="9"/>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.3">
       <c r="D165" s="14" t="s">
-        <v>400</v>
+        <v>399</v>
       </c>
       <c r="E165" s="9"/>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A166" s="22"/>
       <c r="B166" s="22"/>
       <c r="C166" s="18"/>
       <c r="D166" s="14" t="s">
-        <v>401</v>
+        <v>400</v>
       </c>
       <c r="E166" s="9"/>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.3">
       <c r="D167" s="14" t="s">
-        <v>334</v>
+        <v>333</v>
       </c>
       <c r="E167" s="9"/>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A168" s="22"/>
       <c r="B168" s="22"/>
       <c r="C168" s="18"/>
       <c r="D168" s="14" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="E168" s="9"/>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A169" s="22"/>
       <c r="B169" s="22"/>
       <c r="C169" s="18"/>
       <c r="D169" s="14" t="s">
-        <v>336</v>
+        <v>335</v>
       </c>
       <c r="E169" s="9"/>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A170" s="22"/>
       <c r="B170" s="22"/>
       <c r="C170" s="18"/>
       <c r="D170" s="14" t="s">
-        <v>337</v>
+        <v>336</v>
       </c>
       <c r="E170" s="9"/>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A171" s="22"/>
       <c r="B171" s="22"/>
       <c r="C171" s="18"/>
       <c r="D171" s="14" t="s">
-        <v>338</v>
+        <v>337</v>
       </c>
       <c r="E171" s="9"/>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A172" s="22"/>
       <c r="B172" s="22"/>
       <c r="C172" s="18"/>
       <c r="D172" s="14" t="s">
-        <v>339</v>
+        <v>338</v>
       </c>
       <c r="E172" s="9"/>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A173" s="22"/>
       <c r="B173" s="22"/>
       <c r="C173" s="18"/>
       <c r="D173" s="14" t="s">
-        <v>340</v>
+        <v>339</v>
       </c>
       <c r="E173" s="9"/>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A174" s="22"/>
       <c r="B174" s="22"/>
       <c r="C174" s="18"/>
       <c r="D174" s="14" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="E174" s="9"/>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A175" s="22"/>
       <c r="B175" s="22"/>
       <c r="C175" s="18"/>
       <c r="D175" s="14" t="s">
-        <v>342</v>
+        <v>341</v>
       </c>
       <c r="E175" s="9"/>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A176" s="22"/>
       <c r="B176" s="22"/>
       <c r="C176" s="18"/>
       <c r="D176" s="14" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="E176" s="9"/>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A177" s="22"/>
       <c r="B177" s="22"/>
       <c r="C177" s="18"/>
       <c r="D177" s="14" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
       <c r="E177" s="9"/>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A178" s="22"/>
       <c r="B178" s="22"/>
       <c r="C178" s="18"/>
       <c r="D178" s="14" t="s">
-        <v>345</v>
+        <v>344</v>
       </c>
       <c r="E178" s="9"/>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A179" s="22"/>
       <c r="B179" s="22"/>
       <c r="C179" s="18"/>
       <c r="D179" s="14" t="s">
-        <v>346</v>
+        <v>345</v>
       </c>
       <c r="E179" s="9"/>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A180" s="22"/>
       <c r="B180" s="22"/>
       <c r="C180" s="18"/>
       <c r="D180" s="14" t="s">
-        <v>347</v>
+        <v>346</v>
       </c>
       <c r="E180" s="9"/>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A181" s="22"/>
       <c r="B181" s="22"/>
       <c r="C181" s="18"/>
       <c r="D181" s="14" t="s">
-        <v>348</v>
+        <v>347</v>
       </c>
       <c r="E181" s="9"/>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A182" s="22"/>
       <c r="B182" s="22"/>
       <c r="C182" s="18"/>
       <c r="D182" s="14" t="s">
-        <v>349</v>
+        <v>348</v>
       </c>
       <c r="E182" s="9"/>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A183" s="22"/>
       <c r="B183" s="22"/>
       <c r="C183" s="18"/>
       <c r="D183" s="14" t="s">
-        <v>350</v>
+        <v>349</v>
       </c>
       <c r="E183" s="9"/>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A184" s="22"/>
       <c r="B184" s="22"/>
       <c r="C184" s="18"/>
       <c r="D184" s="14" t="s">
-        <v>351</v>
+        <v>350</v>
       </c>
       <c r="E184" s="9"/>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A185" s="22"/>
       <c r="B185" s="22"/>
       <c r="C185" s="18"/>
       <c r="D185" s="14" t="s">
-        <v>352</v>
+        <v>351</v>
       </c>
       <c r="E185" s="9"/>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A186" s="22"/>
       <c r="B186" s="22"/>
       <c r="C186" s="18"/>
       <c r="D186" s="14" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
       <c r="E186" s="9"/>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A187" s="22"/>
       <c r="B187" s="22"/>
       <c r="C187" s="18"/>
       <c r="D187" s="14" t="s">
-        <v>354</v>
+        <v>353</v>
       </c>
       <c r="E187" s="9"/>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A188" s="22"/>
       <c r="B188" s="22"/>
       <c r="C188" s="18"/>
       <c r="D188" s="14" t="s">
-        <v>355</v>
+        <v>354</v>
       </c>
       <c r="E188" s="9"/>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A189" s="22"/>
       <c r="B189" s="22"/>
       <c r="C189" s="18"/>
       <c r="D189" s="14" t="s">
-        <v>356</v>
+        <v>355</v>
       </c>
       <c r="E189" s="9"/>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A190" s="22"/>
       <c r="B190" s="22"/>
       <c r="C190" s="18"/>
       <c r="D190" s="14" t="s">
-        <v>357</v>
+        <v>356</v>
       </c>
       <c r="E190" s="9"/>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A191" s="22"/>
       <c r="B191" s="22"/>
       <c r="C191" s="18"/>
       <c r="D191" s="14" t="s">
-        <v>402</v>
+        <v>401</v>
       </c>
       <c r="E191" s="9"/>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A192" s="22"/>
       <c r="B192" s="22"/>
       <c r="C192" s="18"/>
       <c r="D192" s="14" t="s">
-        <v>393</v>
+        <v>392</v>
       </c>
       <c r="E192" s="9"/>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A193" s="22"/>
       <c r="B193" s="22"/>
       <c r="C193" s="18"/>
       <c r="D193" s="14" t="s">
-        <v>358</v>
+        <v>357</v>
       </c>
       <c r="E193" s="9"/>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A194" s="22"/>
       <c r="B194" s="22"/>
       <c r="C194" s="18"/>
       <c r="D194" s="14" t="s">
-        <v>359</v>
+        <v>358</v>
       </c>
       <c r="E194" s="9"/>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A195" s="22"/>
       <c r="B195" s="22"/>
       <c r="C195" s="18"/>
       <c r="D195" s="14" t="s">
-        <v>360</v>
+        <v>359</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A196" s="22"/>
       <c r="B196" s="22"/>
       <c r="C196" s="18"/>
       <c r="D196" s="14" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A197" s="22"/>
       <c r="B197" s="22"/>
       <c r="C197" s="18"/>
       <c r="D197" s="14" t="s">
-        <v>361</v>
+        <v>360</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A198" s="22"/>
       <c r="B198" s="22"/>
       <c r="C198" s="18"/>
       <c r="D198" s="14" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A199" s="22"/>
       <c r="B199" s="22"/>
       <c r="C199" s="18"/>
       <c r="D199" s="19" t="s">
-        <v>381</v>
+        <v>380</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.3">
       <c r="D200" s="14" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.3">
       <c r="D201" s="14" t="s">
-        <v>362</v>
+        <v>361</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.3">
       <c r="D202" s="14" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.3">
       <c r="D203" s="14" t="s">
-        <v>363</v>
+        <v>362</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.3">
       <c r="D204" s="14" t="s">
-        <v>496</v>
+        <v>493</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.3">
       <c r="D205" s="14" t="s">
-        <v>364</v>
+        <v>363</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.3">
       <c r="D206" s="14" t="s">
-        <v>415</v>
+        <v>414</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.3">
       <c r="D207" s="14" t="s">
-        <v>365</v>
+        <v>364</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.3">
       <c r="D208" s="14" t="s">
-        <v>476</v>
+        <v>474</v>
       </c>
     </row>
     <row r="209" spans="4:4" x14ac:dyDescent="0.3">
       <c r="D209" s="14" t="s">
-        <v>366</v>
+        <v>365</v>
       </c>
     </row>
     <row r="210" spans="4:4" x14ac:dyDescent="0.3">
       <c r="D210" s="14" t="s">
-        <v>384</v>
+        <v>383</v>
       </c>
     </row>
     <row r="211" spans="4:4" x14ac:dyDescent="0.3">
       <c r="D211" s="14" t="s">
-        <v>385</v>
+        <v>384</v>
       </c>
     </row>
     <row r="212" spans="4:4" x14ac:dyDescent="0.3">
       <c r="D212" s="14" t="s">
-        <v>367</v>
+        <v>366</v>
       </c>
     </row>
     <row r="213" spans="4:4" x14ac:dyDescent="0.3">
       <c r="D213" s="14" t="s">
-        <v>368</v>
+        <v>367</v>
       </c>
     </row>
     <row r="214" spans="4:4" x14ac:dyDescent="0.3">
       <c r="D214" s="14" t="s">
-        <v>369</v>
+        <v>368</v>
       </c>
     </row>
     <row r="215" spans="4:4" x14ac:dyDescent="0.3">
       <c r="D215" s="14" t="s">
-        <v>409</v>
+        <v>408</v>
       </c>
     </row>
     <row r="216" spans="4:4" x14ac:dyDescent="0.3">
       <c r="D216" s="14" t="s">
-        <v>370</v>
+        <v>369</v>
       </c>
     </row>
     <row r="217" spans="4:4" x14ac:dyDescent="0.3">
       <c r="D217" s="14" t="s">
-        <v>371</v>
+        <v>370</v>
       </c>
     </row>
     <row r="218" spans="4:4" x14ac:dyDescent="0.3">
       <c r="D218" s="14" t="s">
-        <v>372</v>
+        <v>371</v>
       </c>
     </row>
     <row r="219" spans="4:4" x14ac:dyDescent="0.3">
       <c r="D219" s="14" t="s">
-        <v>373</v>
+        <v>372</v>
       </c>
     </row>
     <row r="220" spans="4:4" x14ac:dyDescent="0.3">
       <c r="D220" s="14" t="s">
-        <v>374</v>
+        <v>373</v>
       </c>
     </row>
     <row r="221" spans="4:4" x14ac:dyDescent="0.3">
       <c r="D221" s="14" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="222" spans="4:4" x14ac:dyDescent="0.3">
       <c r="D222" s="14" t="s">
-        <v>375</v>
+        <v>374</v>
       </c>
     </row>
     <row r="223" spans="4:4" x14ac:dyDescent="0.3">
       <c r="D223" s="14" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
     </row>
     <row r="224" spans="4:4" x14ac:dyDescent="0.3">
       <c r="D224" s="14" t="s">
-        <v>445</v>
+        <v>443</v>
       </c>
     </row>
     <row r="225" spans="4:4" x14ac:dyDescent="0.3">
       <c r="D225" s="14" t="s">
-        <v>446</v>
+        <v>444</v>
       </c>
     </row>
     <row r="226" spans="4:4" x14ac:dyDescent="0.3">
       <c r="D226" s="14" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="227" spans="4:4" x14ac:dyDescent="0.3">
       <c r="D227" s="14" t="s">
-        <v>444</v>
+        <v>442</v>
       </c>
     </row>
     <row r="228" spans="4:4" x14ac:dyDescent="0.3">
       <c r="D228" s="14" t="s">
-        <v>376</v>
+        <v>375</v>
       </c>
     </row>
     <row r="229" spans="4:4" x14ac:dyDescent="0.3">
       <c r="D229" s="14" t="s">
-        <v>471</v>
+        <v>469</v>
       </c>
     </row>
     <row r="230" spans="4:4" x14ac:dyDescent="0.3">
       <c r="D230" s="14" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
     </row>
     <row r="231" spans="4:4" x14ac:dyDescent="0.3">
       <c r="D231" s="14" t="s">
-        <v>378</v>
+        <v>377</v>
       </c>
     </row>
     <row r="232" spans="4:4" x14ac:dyDescent="0.3">
       <c r="D232" s="14" t="s">
-        <v>379</v>
+        <v>378</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A7:D207" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A8:D144">
     <sortCondition ref="A7:A144"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Werkbladen</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>